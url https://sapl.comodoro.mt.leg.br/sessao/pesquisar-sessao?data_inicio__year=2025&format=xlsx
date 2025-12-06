--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -36,51 +36,51 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>2025-05-20</t>
   </si>
   <si>
     <t>19:00</t>
   </si>
   <si>
-    <t>1ª Ordinária do 1º Semestre da 2ª Quinzena do mês de Maio de 2025 da 1ª Sessão Legislativa da 11ª Legislatura</t>
+    <t>8ª Ordinária do 1º Semestre da 2ª Quinzena do mês de Maio de 2025 da 1ª Sessão Legislativa da 11ª Legislatura</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>2025-05-05</t>
   </si>
   <si>
     <t>7ª Ordinária do 1º Semestre da 1ª Quinzena do mês de Maio de 2025 da 1ª Sessão Legislativa da 11ª Legislatura</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>2025-04-28</t>
   </si>
   <si>
     <t>6ª Ordinária do 1º Semestre da 2ª Quinzena do mês de Abril de 2025 da 1ª Sessão Legislativa da 11ª Legislatura</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>2025-04-07</t>
   </si>