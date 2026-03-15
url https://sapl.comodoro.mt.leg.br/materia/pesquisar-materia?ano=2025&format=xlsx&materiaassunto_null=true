--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -10,344 +10,356 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="103">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Art.  1º. Ficaa altereado o mês de referência para a concessão da revisão geral anual aos servidores públicos da Câmara Municipal de Comodoro/MT para o mês de março.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_n_02-2025_de_23.04.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_n_02-2025_de_23.04.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública à Associação dos Pequenos Produtores Rurais da Gleba Zambam.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_n_02-2025_de_23.01.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_n_02-2025_de_23.01.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de processo seletivo e a contratação de servidores públicos para atendimento à Secretaria Municipal de Educação e Cultura.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_n_03-2025_de_04.02.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_n_03-2025_de_04.02.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza ao município de Comodoro/MT a aderir ao Consórcio Inter federativo de Compras Públicas do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Extingue o cargo público de Auditor Público Interno, enquadrando-o como Controlador Interno, cria vagas, reajusta a remuneração de demais cargos públicos e da outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Cria o regime de dedicação exclusiva (RDE) e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dispõe sobre o Estado da Controladoria Geral da Prefeitura Municipal de Comodoro-MT.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_n_08-2025_de_05.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_n_08-2025_de_05.03.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Municipal de Agricultura Familiar de Comodoro/MT - PMAF, e dá outras providências.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_n_09-2025_de_06.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_n_09-2025_de_06.03.2025.pdf</t>
   </si>
   <si>
     <t>Altera parcialmente a Lei Municipal n.º 2.098/2024, aumentando o número de vagas de Professor PII para contratação por meio de processo seletivo para o ano de 2025.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Autoriza a criação de vagas de provimento efetivo em atendimento à Secretaria Municipal de Educação e Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_n_11-2025_de_18.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_n_11-2025_de_18.03.2025.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual aos Servidores Efetivos e Comissionados do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_n_12-2025_de_19.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_n_12-2025_de_19.03.2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4º da Lei Municipal n.º 1.426/2013 que trata da remuneração e beneficios aos membros do Conselho Tutelar, concedendo revisão geral anual de 4,87%, e dá outras providências.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual (RGA), aos aposentados e pensionistas vinculados ao Comodoro-Previ em 4.87%, com fundamento no art. 37, inciso X, da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_n_14-2025_de_19.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_n_14-2025_de_19.03.2025.pdf</t>
   </si>
   <si>
     <t>Altera os anexos II, III, e V, da Lei Municipal n.º 2.073, de 26 de março de 2024, concede reajuste às classes e niveis dos servidores da administração.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_n_15-2025_de_19.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_n_15-2025_de_19.03.2025.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II e III da Lei Municipal n.º 2.071/2024, alterando também os anexos respectivos da Lei 1.519/2024</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_n_16-2025_de_19.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_n_16-2025_de_19.03.2025.pdf</t>
   </si>
   <si>
     <t>Altera os anexos II, III e V da Lei Municipal n.º 2.074/2024, alterando também os anexos respectivos do Plano de Cargos, Carreiras e Vencimento</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_n_17-2025_de_19.03.2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_n_17-2025_de_19.03.2025.pdf</t>
   </si>
   <si>
     <t>Altera os anexo V, VI, VII, XI, XIV, XVII e XVII da Lei Municipal nº 2.075/2024</t>
   </si>
   <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>Prefeitura - PR</t>
+  </si>
+  <si>
+    <t>""Institui o Código Tributário Muncipal de Comodoro/MT", especialmente no que concerne aos tributos IPTU, ISSQN, ITBI, à taxa de fiscalização para licença de localização e funcionamento à didvida ativa e aos acréscimos legais, e dá outras providências."</t>
+  </si>
+  <si>
     <t>571</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Pauta das Sessões</t>
   </si>
   <si>
     <t>Pauta para a 1ª (Primeira) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/572/pauta_2o_sessao_ordinaria_2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/572/pauta_2o_sessao_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Pauta para a 2ª (Segunda) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>Pauta para a 3ª (Terceira) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pauta_4o_sessao_ordinaria_2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pauta_4o_sessao_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Pauta para a 4ª (Quarta) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>Pauta para a 5ª (Quinta) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/576/pauta_6o_sessao_ordinaria_2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/576/pauta_6o_sessao_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Pauta para a 6ª (Sexta) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/577/pauta_7o_sessao_ordinaria_2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/577/pauta_7o_sessao_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Pauta para a 7ª (Sétima) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/578/pauta_para_a__8o_sessao_ordinaria_2025.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/578/pauta_para_a__8o_sessao_ordinaria_2025.pdf</t>
   </si>
   <si>
     <t>Pauta para a 8ª (Oitava) Sessão Ordinária, do 1º Semestre do 1º Período Legislativo de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -654,69 +666,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_n_02-2025_de_23.04.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_n_02-2025_de_23.01.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_n_03-2025_de_04.02.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_n_08-2025_de_05.03.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_n_09-2025_de_06.03.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_n_11-2025_de_18.03.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_n_12-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_n_14-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_n_15-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_n_16-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_n_17-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/572/pauta_2o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pauta_4o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/576/pauta_6o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/577/pauta_7o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/578/pauta_para_a__8o_sessao_ordinaria_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_n_02-2025_de_23.04.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_n_02-2025_de_23.01.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_n_03-2025_de_04.02.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/561/projeto_de_lei_n_08-2025_de_05.03.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/562/projeto_de_lei_n_09-2025_de_06.03.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/564/projeto_de_lei_n_11-2025_de_18.03.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_n_12-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/567/projeto_de_lei_n_14-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_n_15-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/569/projeto_de_lei_n_16-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/570/projeto_de_lei_n_17-2025_de_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/572/pauta_2o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/574/pauta_4o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/576/pauta_6o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/577/pauta_7o_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2025/578/pauta_para_a__8o_sessao_ordinaria_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="175.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="224.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1100,253 +1112,280 @@
       </c>
       <c r="C18" t="s">
         <v>72</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H18" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>75</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="D19" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>79</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E20" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D21" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E21" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="H21" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E22" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>88</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E23" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="H23" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D24" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E24" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E25" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
+        <v>35</v>
+      </c>
+      <c r="D26" t="s">
+        <v>80</v>
+      </c>
+      <c r="E26" t="s">
+        <v>81</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>38</v>
       </c>
-      <c r="D26" t="s">
-[...9 lines deleted...]
-        <v>98</v>
+      <c r="D27" t="s">
+        <v>80</v>
+      </c>
+      <c r="E27" t="s">
+        <v>81</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H27" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>