--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,893 +54,893 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
     <t>Malagão, Robervane Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/286/projeto_de_lei_legislativo_no_01-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/286/projeto_de_lei_legislativo_no_01-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Associação dos Pequenos Produtores Agricultores Rurais de Miranda Estância - APARME”</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_legislativo_no_02-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_legislativo_no_02-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a extinção dos cargos de: oficial legislativo, auxiliar legislativo de administração e agente legislativo de zeladoria; cria os cargos de assistente administrativo legislativo, agente legislativo de serviços gerais e analista de Procuradoria Legislativa, alterando os anexos I, II e III, da Lei Municipal nº 1.257/2010, e por corolário, o Anexo Único da Lei Municipal nº 1.259/2010”.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulo Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/288/projeto_de_lei_no_03-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/288/projeto_de_lei_no_03-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Associação de Moradores e Pequenos Produtores Rurais do Distrito de Nova Alvorada – AMPPRUDNA.”</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Robervane Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_no_04-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_no_04-2024.pdf</t>
   </si>
   <si>
     <t>“Determina a igualdade do valor de premiações a homens e mulheres em competições esportivas organizadas, patrocinadas ou apoiadas pela administração direta e indireta do Município de_x000D_
 Comodoro.”</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Câmara Municipal - CM</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/532/projeto_de_lei_n_05-2024_-_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/532/projeto_de_lei_n_05-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de publicação, através do site da Prefeitura Municipal de Comodoro/MT, da listagem de medicamentos e da distribuição gratuita disponíveis na Secretaria Municipal de Saúde, e dá outras providências".</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_06-2024_-_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_06-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a priorização da contratação de artistas locais em eventos culturais realizados pelo município e sobre a obrigatoriedade de contratação destes artistas para a abertura de shows nacionais ou internacionais consagrados, financiados por recursos públicos, no âmbito. do município de Comodoro."</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_n_07-2024_-_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_n_07-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a redução do Imposto Predial e Territorial Urbano (IPTU) para contribuintes em processo de edificação no Município de Comodoro /MT e dá outras providências."</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_n_08-2024_-_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_n_08-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Institui 0 IPTU Social no Município de [Nome do Município], estabelecendo alíquotas diferenciadas para famílias de baixa renda, e dá outras providências."</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_n_09-2024_-_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_n_09-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a garantia de espaço adequado para a prática de som automotivo no município de Comodoro - MT."</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/550/projeto_de_lei_n_13-2024_-_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/550/projeto_de_lei_n_13-2024_-_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a declaração de utilidade pública à Associação dos Estudantes Comodorenses."</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>PROPO</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/207/indicacao_no_01-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/207/indicacao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a necessidade de disponibilização de um (01) enfermeiro para a Gleba P.A. Macuco, zona rural do município de Comodoro/MT.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Alan Viotto</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/208/indicacao_no_02-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/208/indicacao_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a construção de uma (01) quadra de basquete na Praça dos Pioneiros, deste município de Comodoro/MT.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/209/indicacao_no_03-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/209/indicacao_no_03-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a instalação de redes de proteção nas traves da Praça da Amizade e do Barracão da Associação da Gleba Zambam.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Bell</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/210/indicacao_no_04-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/210/indicacao_no_04-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a instalação de ar-condicionado no Centro de Convivência dos Idosos (CCI) deste município de Comodoro/MT.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/497/indicacao_05.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/497/indicacao_05.pdf</t>
   </si>
   <si>
     <t>"Indica ao  Chefe do Poder Executivo Municipal, a construção de uma Creche no terreno situado ao lado da Câmara Municipal de Comodoro/MT."</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/498/indicacao_06-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/498/indicacao_06-2024.pdf</t>
   </si>
   <si>
     <t>"Indica ao Chefe do Poder Executivo Municipal, a pavimentação da Rua Amazonas com blocos de concreto, no trecho compreendido entre a Rua das Itaúbas e Rua dos Limoeiros."</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/499/indicacao_07.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/499/indicacao_07.pdf</t>
   </si>
   <si>
     <t>"Indica ao Chefe do Poder Executivo Municipal, a reativação da Escola Municipal de Educação Infantil 'Professora Jussara Regina Tasca.'"</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/500/indicacao_08.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/500/indicacao_08.pdf</t>
   </si>
   <si>
     <t>"Indicam ao Chefe do Poder Executivo Municipal, a necessidade de reforma e revitalização da Praça 'Leadro Rossi'".</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/501/indicacao_09-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/501/indicacao_09-2024.pdf</t>
   </si>
   <si>
     <t>"Indica ao Chefe do Poder Executivo Municipal, a necessidade de revitalização do Estádio Municipal."</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Gleyce, Paulo Bezerra, Robervane Oliveira, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/502/indicacao_10.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/502/indicacao_10.pdf</t>
   </si>
   <si>
     <t>"Indicam ao Chefe do Poder Executivo Municipal, a construção de uma creche no Distrito de Nova Alvorada para coibir o êxodo rural."</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/503/indicacao_11.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/503/indicacao_11.pdf</t>
   </si>
   <si>
     <t>"Indicam ao Chefe do Poder Executivo Municipal, a implantação de saneamento básico e a regularização da distribuição de água no Distrito de Nova Alvorada."</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/504/indicacao_12.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/504/indicacao_12.pdf</t>
   </si>
   <si>
     <t>"Indicam ao Chefe do Poder Executivo Municipal, a manutenção da iluminação pública e a realização de serviços de limpeza no Distrito de Nova Alvorada."</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/505/indicacao_13.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/505/indicacao_13.pdf</t>
   </si>
   <si>
     <t>"Indicam ao Chefe do Poder Executivo Municipal, a manutenção das estradas e do ginásio de esportes do Distrito de Nova Alvorada."</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/506/indicacao_14.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/506/indicacao_14.pdf</t>
   </si>
   <si>
     <t>"Indicam ao Chefe do Poder Executivo Municipal, construção de muros no cemitério do Distrito de Nova Alvorada."</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Executivo</t>
   </si>
   <si>
     <t>Prefeitura - PR</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_01-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_01-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito adicional especial no orçamento do exercício de 2024, Lei Municipal n° 2.054/2023, para o atendimento ao Conselho Municipal da Educação, Lei Municipal 2.028/2023, em atendimento ao acórdão nº 1.026/2023 do TCE-MT e dá outras providências."</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_02-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_02-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito adicional especial no orçamento do exercício do ano de 2024, Lei Municipal nº 2.054/2023, para atendimento à Construção do Hospital Municipal de Comodoro e dá outras providências."</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_n_03-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_n_03-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Politica Pública de Assistência Social do Município de Comodoro/MT e dá outras providências."</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_04-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_04-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Contratação de servidor público para atendimento à Secretaria Municipal de Saúde, para atender a necessidade temporária e de excepcional interesse e dá outras providências."</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_05-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_05-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a contratação de servidores públicos para o atendimento à Secretaria Municipal de Educação e Cultura, em virtude de necessidade temporária e de excepcional interesse e dá outras providências."</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_06-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_06-2024.pdf</t>
   </si>
   <si>
     <t>"Concede Revisão Geral Anual aos Servidores Efetivos e Comissionados do Poder Legislativo Municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_07-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_07-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 4º, da Lei Municipal nº 1.426/2013 que trata da remuneração e beneficios aos membros do Conselho Tutelar, concedendo revisão geral anual de 2,63%, e dá outras providências."</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_08-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_08-2024.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos I, II e III da Lei Municipal n.º 2.033/2023, alterando também os anexos respectivos da Lei 1.519/2014 que reestruturou o Fundo de Previdência dos Servidores, reajustando a remuneração do cargo de auxiliar de serviços gerais, em decorrência da mudança do sálario-mínimo e concedendo revisão geral anual (RGA) em 2,63% aos servidores do COMODORO-PREVI, e dá outras providências."</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_09-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_09-2024.pdf</t>
   </si>
   <si>
     <t>"Concede Revisão Geral Anual (RGA), aos aposentados e pensionistas vinculados ao Comodoro-Previ em 2,63%, com fundamento no art. 37, inciso X, da Constituição Federal, e dá outras providências."</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_10-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_10-2024.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos II, III e V, da Lei Municipal n.º 2.036, de 21 de junho de 2023, concede reajuste às classes e níveis dos servidores da administração, em decorrência da mudança do salário-mínimo, altera os anexos respectivos do Plano de Cargos, Carreiras e Vencimento (Lei Municipal nº 1.326/2011), concedendo revisão geral anual (RGA) em 2,63% aos servidores da Administração Municipal, com fundamento no art. 37, X, da CF/88, e dá outras providências."</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_11-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_11-2024.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos II, III, e V da Lei Municipal n.º 2.035/2023, alterando também os anexos respectivos do Plano de Cargos, Carreiras e Vencimento (Lei Municipal nº 1.327/2011) concedendo revisão geral anual (RGA) de 2,63% aos servidores vinculados à Secretaria Municipal de Saúde; concede também o reajuste salarial aos agentes de saúde em decorrência da mudança do salário mínimo e dá outras providências."</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_12-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_12-2024.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos V, VI, VII, XI, XIV, XV, XVII e XVIII, da Lei Municipal n. 2.032/2023, alterando também os anexos respectivos do Plano de cargos, Carreiras e Vencimento (Lei Municipal nº 1.330/2011), concedendo revisão geral anual (RGA), em 2,63%, concede reajuste nas classes e níveis, em decorrência da mudança do salário mínimo e dá outras providências, com fundamento no art. 37, inciso X, da Constituição Federal e da outras providências."</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_13-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_13-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.990/2022, que institui gratificação especial a servidores membros de comissões, incluindo e modificando artigos."</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_14-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_14-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial dos Técnicos em Enfermagem e Auxiliares de Enfermagem, no âmbito do Município, em atenção à Lei nº 14.434/2022 e à Emenda Constitucional nº 127/2022.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_lei_n_15-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_lei_n_15-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do sistema municipal de cultura de Comodoro/MT, do Fundo Municipal de Incentivo à Cultura e dá outras providências."</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_n_16-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_n_16-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Fundo Municipal de Bem-Estar e Proteção Animal de Comodoro - FUNBEM/PROANIMAL e dá outras providências."</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/524/projeto_de_lei_n_18-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/524/projeto_de_lei_n_18-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação de vaga de provimento efetivo em atendimento à Secretaria Municipal de Obras e Serviços Públicos e dá outras providências."</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/531/projeto_de_lei_no._19-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/531/projeto_de_lei_no._19-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Serviço de Inspeção Sanitária e Industrial dos Produtos de Origem Animal no município de Comodoro-MT e dá outras providências."</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_n_20-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_n_20-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência do município de Comodoro (CMDPD/Comodoro) e a criação do Fundo Municipal dos Direitos da Pessoa com Deficiência (FMDPD) e dá outras providências."</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_lei_n_22-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_lei_n_22-2024.pdf</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_n_23-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_n_23-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação de vaga de provimento efetivo e a contratação de servidor público para atender a necessidade temporária e de excepcional interesse da Secretaria Municipal de Saúde."</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_n_24-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_n_24-2024.pdf</t>
   </si>
   <si>
     <t>"Institui o Sistema Municipal de Ensino do Município de Comodoro-MT, e dá outras providências."</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/537/projeto_de_lei_n_25-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/537/projeto_de_lei_n_25-2024.pdf</t>
   </si>
   <si>
     <t>"Acrescenta a Associação de Moto 40 MX Racing no art. 16, da Lei nº 2.037/2023, de 07/07/2023, Lei de Diretrizes Orçamentária."</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_n_26-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_n_26-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do inciso IV, do art. 48, da Lei Municipal n. 1.519 de 23 de junho de 2014, que reestrutura o Regime Próprio de Previdência Social do Município de Comodoro/MT e, dá outras providências"</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_n_27-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_n_27-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o inciso II, do §5°, do art. 1º, Lei Municipal nº 2.060/2023, aumentando o número de vagas de professores indigenas para contratação por meio de processo seletivo."</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/546/projeto_de_lei_n_28.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/546/projeto_de_lei_n_28.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Programa Municipal de Práticas de Construção de Paz nas Escolas, e dá outras providências."</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/547/projeto_de_lei_n_30-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/547/projeto_de_lei_n_30-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a realização de processo seletivo e a contratação de servidores públicos para atendimento à Secretaria Municipal de Educação e Cultura, para atender a necessidade temporária e de excepcional interesse e dá outras providências."</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_n_31-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_n_31-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer abertura de créditos adicionais suplementares por transposição, remanejamento ou a transferência de recursos de uma categoria de programação para outra e de um órgão para outro, no âmbito da execução orçamentária, do total das despesas previstas na Lei Orçamentária Anual (Lei nº 2.054/2023), e dá outras providências."</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/549/projeto_de_lei_n_32-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/549/projeto_de_lei_n_32-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a realização de processo seletivo e a contratação de servidor público para atender as necessidades temporárias e de excepcional interesse de diversas secretarias municipais e dá outras providências."</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_n_34-2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_n_34-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a parte final do art. 2º, da Lei n. 1.610/2015, que dispõe sobre os incentivos fiscais concedidos à Amaggi Exportação e Importação Ltda, referente à unidade industrial situada no Distrito Agroindustrial de Comodoro, prorrogando sua vigência até 31 de dezembro de 2025, nos moldes da Lei nº 1.595, de 22 de junho 2015."</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
     <t>Presença dos Vereadores nas Sessões</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/237/ano_2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/237/ano_2024.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES ORDINÁRIAS DE 2024</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/245/extra_2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/245/extra_2024.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES EXTRAORDINÁRIAS DE 2024</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Pauta das Sessões</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/404/pauta_1a_sessao_ordinaria_4o_per_-_2o_semestre_-_05-02-2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/404/pauta_1a_sessao_ordinaria_4o_per_-_2o_semestre_-_05-02-2024.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/405/pauta_2a_sessao_ordinaria_4o_per_-_2o_semestre_-_19-02-2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/405/pauta_2a_sessao_ordinaria_4o_per_-_2o_semestre_-_19-02-2024.doc</t>
   </si>
   <si>
     <t>A 2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/406/pauta_3a_sessao_ordinaria_1o_per_-04-03-2024_-_julgamento_de_contas_2022_-_rogerio_-_pauta_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/406/pauta_3a_sessao_ordinaria_1o_per_-04-03-2024_-_julgamento_de_contas_2022_-_rogerio_-_pauta_ii.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/407/pauta_4a_sessao_ordinaria_4o_per_-_2o_semestre_-_18-03-2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/407/pauta_4a_sessao_ordinaria_4o_per_-_2o_semestre_-_18-03-2024.doc</t>
   </si>
   <si>
     <t>4ª (QUARTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/408/pauta_5a_sessao_ordinaria_4o_per_-_2o_semestre_-_08-04-2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/408/pauta_5a_sessao_ordinaria_4o_per_-_2o_semestre_-_08-04-2024.doc</t>
   </si>
   <si>
     <t>QUINTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/409/pauta_6a_sessao_ordinaria_4o_per_-_2o_semestre_-_29-04-2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/409/pauta_6a_sessao_ordinaria_4o_per_-_2o_semestre_-_29-04-2024.doc</t>
   </si>
   <si>
     <t>6ª (SEXTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/410/pauta_7a_sessao_ordinaria_4o_per_-_2o_semestre_-_06-05-2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/410/pauta_7a_sessao_ordinaria_4o_per_-_2o_semestre_-_06-05-2024.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/411/pauta_-_1a_sessao_extraordinaria_-_4o_periodo_legislativo_-_25.03.2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/411/pauta_-_1a_sessao_extraordinaria_-_4o_periodo_legislativo_-_25.03.2024.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO EXTRAORDINÁRIA, 4º PERÍODO LEGISLATIVO – ANO 2024</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/412/pauta_-_2a_sessao_extraordinaria_-_4o_periodo_legislativo_-_27.03.2024.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/412/pauta_-_2a_sessao_extraordinaria_-_4o_periodo_legislativo_-_27.03.2024.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO EXTRAORDINÁRIA, 4º PERÍODO LEGISLATIVO – ANO 2024</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/413/pauta_1a_sessao_itinerante_1o_per_-_02-05-2024_-_nova_alvorada_-_pauta_i.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/413/pauta_1a_sessao_itinerante_1o_per_-_02-05-2024_-_nova_alvorada_-_pauta_i.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO ITINERANTE, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2024</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/553/pauta_da_9o_sessao_ordinaria_2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/553/pauta_da_9o_sessao_ordinaria_2024.pdf</t>
   </si>
   <si>
     <t>Pauta para a 9ª (Nona) Sessão Ordinária, do 2º Semestre do 4º Período Legislativo de 2024.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Lista de Votação Nominal</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/285/2024.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/285/2024.pdf</t>
   </si>
   <si>
     <t>LISTA DE VOTAÇÃO NOMINAL - JULGAMENTO DAS CONTAS ANUAIS DE GOVERNO DE 2022 - PREFEITO ROGÉRIO VILELA VICTOR DE OLIVEIRA</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Extrato de Votação da Sessão - Julgamento das Contas Anuais de Governo, Exercicio 2023</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/492/proj_de_resolucao_01.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/492/proj_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>"Regulamenta os procedimentos de contratação direta no âmbito do Poder Legislativo de Comodoro/MT, nos casos previstos pela Lei Nacional n° 14.133, de 01 de abril de 2021, e dá outras providências."</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/493/proj_de_resolucao_02.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/493/proj_de_resolucao_02.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a atuação do agente de contratação e da equipe de apoio, o funcionamento da Comissão de contratação e a atuação de fiscais e gestores de contratos nas areas de que trata a Lei Nacional nº 14.133 de 01 de abril de 2021 e dá outras providências."</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/494/proj_de_resolucao_03.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/494/proj_de_resolucao_03.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os procedimentos administrativos básicos para a realização de pesquisa de preços para aquisição de bens e contratação de serviços em geral no âmbito da Câmara Municipal de Comodoro."</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/495/proj_de_resolucao_04.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/495/proj_de_resolucao_04.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o disposto no art. 20 da Lei nº 14.133, de 1º de abril de 2021, para estabelecer o enquadramento dos bens de consumo nas categorias de qualidade comum e de luxo, no âmbito da Câmara Municipal de Comodoro."</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/496/proj_de_resolucao_05.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/496/proj_de_resolucao_05.pdf</t>
   </si>
   <si>
     <t>"Regulamenta os procedimentos auxiliares previstos na Lei Federal nº 14.133, de 2021, no âmbito da Câmara Municipal de Comodoro e dá outras providências."</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/540/proj_de_resolucao_06.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/540/proj_de_resolucao_06.pdf</t>
   </si>
   <si>
     <t>"Regulamenta os arts. 82 a 86 da Lei nº 14.133, de 1º de abril de 2021, para dispor sobre o procedimento auxiliar do Sistema de Registro de Preços, para a contratação de bens e serviços, inclusive de obras e serviços de engenharia, по âmbito da Câmara Municipal de Comodoro e dá outras providências."_x000D_
 Autoria: Mesa Diretora - Biênio 2023/2024.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/541/proj_de_resolucao_07.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/541/proj_de_resolucao_07.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a elaboração dos Estudos Técnicos Preliminares ETP, para a aquisição de bens e a contratação de serviços e obras no âmbito da Câmara Municipal de Comodoro e dá outras providências." Autoria: Mesa Diretora - Biênio 2023/2024.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/542/proj_de_resolucao_08.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/542/proj_de_resolucao_08.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a licitação pelo critério de julgamento por menor preço ou maior desconto, na forma eletrônica, para contratação de bens, serviços e obras no âmbito da Câmara Municipal de Comodoro e dá outras providências." _x000D_
 Autoria: Mesa Diretora - Biênio 2023/2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1248,68 +1248,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/286/projeto_de_lei_legislativo_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_legislativo_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/288/projeto_de_lei_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/532/projeto_de_lei_n_05-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_06-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_n_07-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_n_08-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_n_09-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/550/projeto_de_lei_n_13-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/207/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/208/indicacao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/209/indicacao_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/210/indicacao_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/497/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/498/indicacao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/499/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/500/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/501/indicacao_09-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/502/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/503/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/504/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/505/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/506/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_01-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_n_03-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_04-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_05-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_07-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_08-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_09-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_10-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_12-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_13-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_14-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_lei_n_15-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/524/projeto_de_lei_n_18-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/531/projeto_de_lei_no._19-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_n_20-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_lei_n_22-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_n_23-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_n_24-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/537/projeto_de_lei_n_25-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_n_26-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_n_27-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/546/projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/547/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_n_31-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/549/projeto_de_lei_n_32-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_n_34-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/237/ano_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/245/extra_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/404/pauta_1a_sessao_ordinaria_4o_per_-_2o_semestre_-_05-02-2024.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/405/pauta_2a_sessao_ordinaria_4o_per_-_2o_semestre_-_19-02-2024.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/406/pauta_3a_sessao_ordinaria_1o_per_-04-03-2024_-_julgamento_de_contas_2022_-_rogerio_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/407/pauta_4a_sessao_ordinaria_4o_per_-_2o_semestre_-_18-03-2024.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/408/pauta_5a_sessao_ordinaria_4o_per_-_2o_semestre_-_08-04-2024.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/409/pauta_6a_sessao_ordinaria_4o_per_-_2o_semestre_-_29-04-2024.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/410/pauta_7a_sessao_ordinaria_4o_per_-_2o_semestre_-_06-05-2024.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/411/pauta_-_1a_sessao_extraordinaria_-_4o_periodo_legislativo_-_25.03.2024.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/412/pauta_-_2a_sessao_extraordinaria_-_4o_periodo_legislativo_-_27.03.2024.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/413/pauta_1a_sessao_itinerante_1o_per_-_02-05-2024_-_nova_alvorada_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/553/pauta_da_9o_sessao_ordinaria_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/285/2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/492/proj_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/493/proj_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/494/proj_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/495/proj_de_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/496/proj_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/540/proj_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/541/proj_de_resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/542/proj_de_resolucao_08.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/286/projeto_de_lei_legislativo_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_legislativo_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/288/projeto_de_lei_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/532/projeto_de_lei_n_05-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/507/projeto_de_lei_n_06-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_n_07-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_n_08-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_n_09-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/550/projeto_de_lei_n_13-2024_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/207/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/208/indicacao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/209/indicacao_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/210/indicacao_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/497/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/498/indicacao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/499/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/500/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/501/indicacao_09-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/502/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/503/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/504/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/505/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/506/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/508/projeto_de_lei_n_01-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/509/projeto_de_lei_n_02-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/510/projeto_de_lei_n_03-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_n_04-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/512/projeto_de_lei_n_05-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/513/projeto_de_lei_n_06-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_lei_n_07-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/515/projeto_de_lei_n_08-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/516/projeto_de_lei_n_09-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/517/projeto_de_lei_n_10-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/518/projeto_de_lei_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/519/projeto_de_lei_n_12-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/520/projeto_de_lei_n_13-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/521/projeto_de_lei_n_14-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/522/projeto_de_lei_n_15-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/523/projeto_de_lei_n_16-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/524/projeto_de_lei_n_18-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/531/projeto_de_lei_no._19-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/533/projeto_de_lei_n_20-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_de_lei_n_22-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/535/projeto_de_lei_n_23-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_n_24-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/537/projeto_de_lei_n_25-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_n_26-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_n_27-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/546/projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/547/projeto_de_lei_n_30-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/548/projeto_de_lei_n_31-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/549/projeto_de_lei_n_32-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_n_34-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/237/ano_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/245/extra_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/404/pauta_1a_sessao_ordinaria_4o_per_-_2o_semestre_-_05-02-2024.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/405/pauta_2a_sessao_ordinaria_4o_per_-_2o_semestre_-_19-02-2024.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/406/pauta_3a_sessao_ordinaria_1o_per_-04-03-2024_-_julgamento_de_contas_2022_-_rogerio_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/407/pauta_4a_sessao_ordinaria_4o_per_-_2o_semestre_-_18-03-2024.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/408/pauta_5a_sessao_ordinaria_4o_per_-_2o_semestre_-_08-04-2024.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/409/pauta_6a_sessao_ordinaria_4o_per_-_2o_semestre_-_29-04-2024.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/410/pauta_7a_sessao_ordinaria_4o_per_-_2o_semestre_-_06-05-2024.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/411/pauta_-_1a_sessao_extraordinaria_-_4o_periodo_legislativo_-_25.03.2024.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/412/pauta_-_2a_sessao_extraordinaria_-_4o_periodo_legislativo_-_27.03.2024.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/413/pauta_1a_sessao_itinerante_1o_per_-_02-05-2024_-_nova_alvorada_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/553/pauta_da_9o_sessao_ordinaria_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/285/2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/492/proj_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/493/proj_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/494/proj_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/495/proj_de_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/496/proj_de_resolucao_05.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/540/proj_de_resolucao_06.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/541/proj_de_resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2024/542/proj_de_resolucao_08.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="165.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>