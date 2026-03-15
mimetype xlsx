--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,1851 +54,1851 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_legislativo_n_01-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_legislativo_n_01-2023.pdf</t>
   </si>
   <si>
     <t>“Altera os arts. 4º, 5º e 6º da Lei Municipal nº 1.643/2016, dispondo sobre a idade máxima de fabricação de alguns veículos prestadores de serviços ao Poder Executivo Municipal. ”</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_legislativo_n_02-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_legislativo_n_02-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Associação dos Taxistas de Comodoro – MT – ASTAX”</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_legislativo_n_03-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_legislativo_n_03-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Cooperativa Educacional de Comodoro – COEDUC.”</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_legislativo_n_04-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_legislativo_n_04-2023.pdf</t>
   </si>
   <si>
     <t>“Fixa o subsídio do Prefeito, Vice-prefeito e Secretários Municipais de Comodoro, Estado do Mato Grosso, para o quadriênio de 2025/2028 e dá outras providências.”</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_legislativo_n_05-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_legislativo_n_05-2023.pdf</t>
   </si>
   <si>
     <t>“Fixa o subsídio dos vereadores da Câmara Municipal de Comodoro, Estado do Mato Grosso, para o quadriênio de 2025/2028 e dá outras providências.”</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Gauchinho da Areia, Gleyce, Malagão, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Associação de Moto 40 MX Racing de Comodoro.”</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Gauchinho da Areia, Malagão, Paulo Bezerra, Robervane Oliveira, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_legislativo_n_07-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_legislativo_n_07-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Associação Cultural Geração da Arte de Comodoro.”</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Eliano Bridi, Paulo Bezerra, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_legislativo_n_08-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_legislativo_n_08-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o protocolo TODOS POR TODAS, que institui uma gama de ações que deverão ser adotadas por estabelecimentos privados do Município de Comodoro para acolher e atender vítimas de importunação ou abuso sexual, ou qualquer outro tipo de violência, em suas dependências.”</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Eliano Bridi, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_legislativo_n_09-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_legislativo_n_09-2023.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a disposição de Placas informativas em todas as Obras públicas realizadas no Município de Comodoro.”</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>PROPO</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gauchinho da Areia, Gleyce, Malagão, Ronaldo da Macuco, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_001-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, instalação de uma Escola Cívico-Militar no Município de Comodoro.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Gauchinho da Areia, Gleyce, Malagão, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_02-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a manutenção e reparos das estradas vicinais nas linhas de Transportes Escolar.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Bell, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_03-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_03-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, estabelecer o IPTU Sustentável, que prevê descontos de até 25% sobre o tributo, aos imóveis com energia fotovoltaica, construções residenciais, comerciais, industriais e condomínios horizontais  que adotarem alguma tecnologia moderna vigente de conservação do meio ambiente.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_04-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_04-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, à compra de telefones móveis funcionais, com o intuito de ceder os aparelhos aos Secretários Municipais.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Robervane Oliveira, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_05-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a análise para confecção de Projeto de Lei para concessão de auxílio financeiro aos portadores de doença renal crônica em tratamento por hemodiálise fora do município de Comodoro/MT.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_06-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a elaboração de Projeto de Lei para a criação e regulamentação do cargo de provimento efetivo de “Tradutor e Intérprete de LIBRAS” no Município de Comodoro.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_07-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_07-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a análise para confecção de Projeto de Lei para implantação da licença-prêmio aos servidores públicos municipais de Comodoro.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_08-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_08-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a análise para confecção de Projeto de Lei para implantação de auxílio-alimentação aos servidores públicos municipais de Comodoro.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_09-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal o plantio de grama para futura demarcação de espaço para prática de futebol no terreno vazio ao lado da Câmara Municipal de Comodoro.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_10-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_10-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a criação da Secretária de Indústria e Comércio no Município de Comodoro.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Bell, Gauchinho da Areia, Paulo Bezerra, Ronaldo da Macuco</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_11-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_11-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a Reforma e Ampliação no ESF de Nova Alvorada, Zona Rural do Município  de Comodoro/MT.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Gauchinho da Areia</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_12-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a pavimentação asfáltica na Avenida Paraná sentido Bairro Industrial I, no Município de Comodoro.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_13-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a realização de serviço paliativo nas ruas do bairro São Francisco, especialmente na rua Goiabeiras, Município de Comodoro.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_14-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a realização de serviço paliativo nas ruas do bairro Cidade Verde e Cidade Alta, Município de Comodoro.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_15-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_15-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a ativação/criação da Agência Transfusional, haja visto, ausência de banco de Sangue para emergências no Município de Comodoro.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Bell</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_16-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_16-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, Construção de uma Quadra de Areia e uma Academia ao “Ar Livre”, ao lado da construção do Corpo de Bombeiros no Município de Comodoro.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Bell, Eliano Bridi, Gauchinho da Areia, Malagão, Ronaldo da Macuco, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_17-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_17-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a adequação dos horários de atendimento das creches municipais, com a devida remuneração e/ou escala de equipes de servidores.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_18-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_18-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a implantação de atendimento aos sábados nas Unidades de Saúde da Família municipais, com a devida escala de equipes de servidores.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, instalação de bloquetes/paralelepípedos na Rua José Gomes Trindade, fundos da Escola Érico Veríssimo, bairro Cidade Verde, neste município.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Bell, Eliano Bridi, Gauchinho da Areia, Malagão, Robervane Oliveira, Ronaldo da Macuco, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_20-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_20-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a instalação de delimitadores de espaço no Parquinho da Praça dos Pioneiros.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Paulo Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_21-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_21-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a construção de salas de aulas nas creches do município de Comodoro.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_22-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_22-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a contratação de funcionários temporários para atender aos alunos durante as férias das creches públicas municipais.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Ronaldo da Macuco, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_23-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_23-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a construção de uma praça pública no Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_24-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_24-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a reforma da unidade de saúde do Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Robervane Oliveira, Ronaldo da Macuco, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_25-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_25-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a construção dos muros do cemitério, a manutenção das vias e ginásio de esportes do Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_26-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_26-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a limpeza geral das vias públicas, bem como, a limpeza e a construção de quiosques nas áreas de convivência comunitária do Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_27-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_27-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a construção de uma academia ao ar livre no Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_28-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_28-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a manutenção da iluminação pública e ampliação da ostensão da segurança pública no Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_29-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_29-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a implantação de saneamento básico e a regularização da distribuição de água no Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_30-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_30-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a elaboração de Projeto de Lei dispondo sobre o sistema municipal de cultura, a reestruturação do Conselho Municipal de Cultura e a criação do Fundo de Cultura no âmbito do município de Comodoro.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_31-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_31-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a aplicação do saldo remanescente das Emendas Impositivas de 2022, as quais se destinaram à compra de uma UTI móvel, à reforma do PSF do Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_32-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_32-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de uma creche no Distrito de Nova Alvorada para coibir o êxodo rural.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_33-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_33-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a reativação do projeto social de doação de terreno para fins habitacionais de famílias de baixa renda.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Gleyce</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_34-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_34-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a concessão de gratificação aos professores das escolas indígenas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_35-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_35-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a implantação do piso nacional da enfermagem no âmbito do município de Comodoro.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_36-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_36-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a completa sinalização das ruas verticais e horizontais do município de Comodoro/MT.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Bell, Eliano Bridi, Malagão, Paulo Bezerra, Robervane Oliveira, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_37-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_37-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a Implementação de um sistema de rastreamento veicular em toda a frota no âmbito do município de Comodoro.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_38-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_38-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a construção de um posto de saúde na Gleba Zambam, município de Comodoro.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_39-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_39-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a implantação de salas de aulas anexas da Escola Municipal Darcy Ribeiro na Gleba Zambam.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_40-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_40-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a disponibilização de mais agentes comunitários de saúde para atender a Gleba Zambam.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Malagão</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_41-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_41-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a instalação da iluminação do campo de futebol comunitário na Comunidade Mãe da Terra - PA  Colônia dos Mineiros.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_42-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_42-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a reforma e cobertura da quadra poliesportiva da escola E.M. Tiago Elias Fernandes - PA Colônia dos Mineiros.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Alan Viotto, Eliano Bridi</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_43-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_43-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a manutenção dos Parquinhos das Praças Públicas do município de Comodoro.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_44-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_44-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a reforma do Ginásio Poliesportivo “José Batista Filho”, localizado no Distrito de Noroagro.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_45-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_45-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a necessidade de reforma da Escola Municipal Carlos Pompermayer, localizada no Distrito de Noroagro.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_46-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_46-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a implantação de academia ao ar-livre no Distrito de Noroagro, zona rural deste município de Comodoro.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Eliano Bridi, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Robervane Oliveira, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_47-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_47-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a manutenção dos parquinhos das praças públicas do município de Comodoro.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Eliano Bridi</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_48-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_48-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a renomeação da Avenida Paraná em homenagem ao senhor José Orival Pimenta.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_49-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_49-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a realização de estudos acerca da concessão de terrenos públicos ociosos e a criação de fundo.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_50-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_50-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a necessidade de cascalhamento das estradas na Gleba Miranda, zona rural do município de Comodoro.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_51-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_51-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a revitalização das placas de inauguração de obras públicas municipais.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_52-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_52-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a reativação da escola da Miranda Estância, zona rural do município de Comodoro.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_53-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_53-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a designação de escola municipal específica para atender aos alunos da zona rural.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_54-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_54-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a reforma do Centro Comunitário do Distrito de Nova Alvorada, zona rural de Comodoro.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_55-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_55-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a realização de manutenções nos bairros Cidade Verde 1 e 2, zona urbana de Comodoro/MT.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_56-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_56-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a elaboração de projeto de lei dispondo sobre transporte coletivo à famílias de baixa renda em cortejos fúnebres.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Bell, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_57-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_57-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, a aquisição de telefones celulares funcionais aos secretários municipais.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_58-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_58-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a instalação de placas indicativas direcionando ao novo Paço Municipal.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_59-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_59-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a instalação de cercado de proteção no parque infantil da Praça dos Pioneiros.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Robervane Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_60-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_60-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a implantação de um Banco de Desenvolvimento Municipal e moeda social local no município de Comodoro/MT.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Executivo</t>
   </si>
   <si>
     <t>Prefeitura - PR</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_01-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_01-2023.pdf</t>
   </si>
   <si>
     <t>"Faculta o uso de calçados e outros espaços públicos para a atividade comercial, e dá outras providências."</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n_02-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n_02-2023.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Recuperação Fiscal no Município de Comodoro - REFIS 2023, em conformidade com o inciso VII, do art. 7º, do Código Tributário Municipal e art. 156, IV e art. 172, ambos do Código Tributário Municipal e art. 156, IV e art. 172, ambos do Código Tributário Nacional, e dá outras providências."</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n_03-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n_03-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo do Município de Comodoro a doar imóvel localizado no Setor Industrial II para a empresa Glinfértil Fertilizantes Ltda, para construção de unidade comercial e de prestação de serviços da empresa."</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n_04-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n_04-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o parágrafo único, do art. 5°, da Lei n°. 1.938/2022 que tratou do ´IPTU´ Premiado."</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/418/projeto_de_lei_n_06-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/418/projeto_de_lei_n_06-2023.pdf</t>
   </si>
   <si>
     <t>"Acrescenta parágrafos ao art. 38, da Lei n°. 1.328/2011 (Estatuto dos Servidores Públicos), criando a possibilidade de fracionamento de férias."</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_n_07-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_n_07-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n°. 1.326/2011, acrescentando-se o inciso VI, ao art.18, e a Lei n° 1.330/2011, inserindo-se o inciso VII, ao art. 22."</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/420/projeto_de_lei_n_08-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/420/projeto_de_lei_n_08-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n° 1.327/2011, Anexo V, renomeando cargos e criando novos, para exercício perante a Secretaria Municipal de Saúde."</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_de_lei_n_09-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_de_lei_n_09-2023.pdf</t>
   </si>
   <si>
     <t>"Altera as Leis Municipais 1.557/2014 e 1.780/2018, estabelecendo como dever do Município levar saneamento básico não somente a àrea urbana, mas também aos Distritos, considerando-os também integrados ao ordenamento urbano."</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n_10-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n_10-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei n° 859/2005 (Código Tributário Municipal), incluindo os parágrafos 3°, 4°, e 5° no art. 63."</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n_12-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n_12-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a suplementar o repasse duodecimal do Poder Legislativo para o exercício de 2023, em consonância com o art. 29-A, I, da CF, alterando as peças orçamentárias pertinentes, e dá outras providências."</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n_13-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n_13-2023.pdf</t>
   </si>
   <si>
     <t>"Estabelece a Estrutura e o Funcionamento do Conselho Tutelar de Comodoro/MT e dá outras providências."</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n_15-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n_15-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a outorgar contratos de concessão de direito real de uso de imóveis públicos situados no Setor Industrial II (Lei Municipal n. 1.118/2008), mediante prévio procedimento licitatório na modalidade concorrência a pessoas jurídicas interessadas, com fundamento nos artigos n. 126, §1°, da Lei Orgânica Municipal, c/c art. 17, I, da Lei 8.666/1.993 e art. 7°, do Decreto-Lei n. 271/1967, e dá outras providências."</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_16-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_16-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n° 508/1.998, modificando o texto do art. 1° e incluindo quatro novos artigos."</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/427/projeto_de_lei_n_17-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/427/projeto_de_lei_n_17-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n° 1.509/2014, incluindo e modificando artigos."</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/428/projeto_de_lei_n_18-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/428/projeto_de_lei_n_18-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação de vagas de provimento efetivo de servidores públicos, em atendimento à Secretaria Municipal de Obras e Serviços, Secretaria Municipal de Assistência Social, trabalho e Cidadania e Secretaria Municipal de Educação, para atender a necessidade das pastas."</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_n_19-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_n_19-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n° 626/2001, incluindo quatro artigos."</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_n_20-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_n_20-2023.pdf</t>
   </si>
   <si>
     <t>"Institui o Conselho Municipal da Cidade e dá outras providências."</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_n_22-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_n_22-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária Anual de 2024, e dá outras providências."</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/432/projeto_de_lei_n_24-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/432/projeto_de_lei_n_24-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 2°-A, da Lei Municipal n° 1.983/2022, prorrogando seus efeitos por mais 180 dias."</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n_26-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n_26-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação do Conselho Municipal de Educação-CME, e dá outras providências."</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n_27-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n_27-2023.pdf</t>
   </si>
   <si>
     <t>"Concede Revisão Geral Anual aos Servidores Efetivos e Comissionados do Poder Legislativo Municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n_28-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n_28-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 6° e o seu parágrafo único, da Lei Municipal n° 1.761/2018."</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n_29-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n_29-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do Inciso IV do art. 48 da Lei Municipal n. 1.519 de 23 de junho de 2014, que reestrutura o Regime Próprio de Previdência Social do Município de Comodoro/MT e, dá outras providências."</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_n_31-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_n_31-2023.pdf</t>
   </si>
   <si>
     <t>"Concede Revisão Geral Anual (RGA), aos aposentados e pensionistas vinculados ao Comodoro-Previ em 3,83%, com fundamento no art. 37, inciso X, da constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/438/projeto_de_lei_n_32-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/438/projeto_de_lei_n_32-2023.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos V, VI, VII, XI, XIV, XV, XVII e XVIII, da Lei Municipal n. 1.956/2022, alterando também os anexos respectivos do Plano de cargos, carreiras e vencimento (Lei Municipal n° 1.330/2011), concedendo revisão geral anual (RGA), em 3,83% (três vírgula oitenta e três por cento), concede reajuste nas classes e níveis, em decorrência da mudança do salário mínimo e dá outras providências, com fundamento no art. 37, inciso X, da constituição federal e da outras providências."</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/439/projeto_de_lei_n_33-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/439/projeto_de_lei_n_33-2023.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos I, II e III da Lei Municipal n.º  1.958/2022, alterando também os anexos respectivos da Lei 1.519/2014 que reestruturou o Fundo de Previdência dos Servidores, reajustando a remuneração do cargo de auxiliar de Serviços gerais, em decorrência da mudança do salário-mínimo e concedendo revisão geral anual (RGA) em 3,83% (três vírgula oitenta e três por cento) aos servidores do COMODORO-PREVI, e dá outras providências."</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_n_34-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_n_34-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 4º da Lei Municipal nº 1.426/2013 que trata da remuneração e benefícios aos membros do Conselho Tutelar, concedendo revisão geral anual de 3,83%, e dá outras providências."</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_n_35-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_n_35-2023.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos II, III e V da Lei Municipal n.º 1.955/2022, alterando também os anexos respectivos do Plano de Cargos, Carreiras e Vencimento (Lei Municipal nº 1.327/2011) concedendo revisão geral anual (RGA) de 3,83% (três vírgula oitenta e três por cento) aos servidores vinculados à Secretaria Municipal de Saúde; concede também o reajuste salarial aos agentes de saúde em decorrência da mudança do salário mínimo e dá outras providências."</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_n_38-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_n_38-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito adicional especial no orçamento do exercício 2023, para viabilização do Convênio nº 062/2023 - SETASC-PRO-2022/03984 - referente à construção de 43 unidades habitacionais e dá outras providências."</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_n_39-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_n_39-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do § 3º, do art. 2º, e revoga o § 4º, da Lei n.º 2.007/2023, prorrogando a vigência do Refis-2023."</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
     <t>Presença dos Vereadores nas Sessões</t>
   </si>
   <si>
     <t>Câmara Municipal - CM</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/236/ano_2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/236/ano_2023.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES ORDINÁRIAS DE 2023</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/244/extra_2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/244/extra_2023.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES EXTRAORDINÁRIAS DE 2023</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/246/iti_2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/246/iti_2023.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES ITINERANTES DE 2023</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/249/solenes_2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/249/solenes_2023.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES SOLENES DE 2023</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Pauta das Sessões</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/374/pauta_-_1a_sessao_ext._20.01.2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/374/pauta_-_1a_sessao_ext._20.01.2023.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO EXTRAORDINÁRIA, 3º PERÍODO LEGISLATIVO – ANO 2023</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/375/pauta_-_2a_sessao_ext._13.03.2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/375/pauta_-_2a_sessao_ext._13.03.2023.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO EXTRAORDINÁRIA, 3º PERÍODO LEGISLATIVO – ANO 2023</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/376/pauta_-_3a_sessao_ext._27.04.2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/376/pauta_-_3a_sessao_ext._27.04.2023.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO EXTRAORDINÁRIA, 3º PERÍODO LEGISLATIVO – ANO 2023</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/377/pauta_-_4a_sessao_ext._26.06.2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/377/pauta_-_4a_sessao_ext._26.06.2023.doc</t>
   </si>
   <si>
     <t>4ª (QUARTA) SESSÃO EXTRAORDINÁRIA, 3º PERÍODO LEGISLATIVO – ANO 2023</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/378/pauta_-_5a_sessao_ext._21.09.2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/378/pauta_-_5a_sessao_ext._21.09.2023.doc</t>
   </si>
   <si>
     <t>5ª (QUINTA) SESSÃO EXTRAORDINÁRIA, 3º PERÍODO LEGISLATIVO – ANO 2023</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/379/pauta_-_6a_sessao_ext._23.11.2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/379/pauta_-_6a_sessao_ext._23.11.2023.doc</t>
   </si>
   <si>
     <t>6ª (SEXTA) SESSÃO EXTRAORDINÁRIA, 3º PERÍODO LEGISLATIVO – ANO 2023</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/380/pauta_-_7a_sessao_ext._28.12.2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/380/pauta_-_7a_sessao_ext._28.12.2023.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO EXTRAORDINÁRIA, 3º PERÍODO LEGISLATIVO – ANO 2023</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/381/pauta_1a_sessao_ordinaria_1o_per_-13-02-2023_-_julgamento_de_contas_2021_-_rogerio.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/381/pauta_1a_sessao_ordinaria_1o_per_-13-02-2023_-_julgamento_de_contas_2021_-_rogerio.doc</t>
   </si>
   <si>
     <t>A 1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/382/pauta_2a_sessao_ordinaria_1o_per_-27-02-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/382/pauta_2a_sessao_ordinaria_1o_per_-27-02-2023.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/383/pauta_3a_sessao_ordinaria_1o_per_-06-03-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/383/pauta_3a_sessao_ordinaria_1o_per_-06-03-2023.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/384/pauta_4a_sessao_ordinaria_1o_per_-20-03-2023_-_pauta_i.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/384/pauta_4a_sessao_ordinaria_1o_per_-20-03-2023_-_pauta_i.doc</t>
   </si>
   <si>
     <t>A 4ª (QUARTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/385/pauta_5a_sessao_ordinaria_1o_per_-_03-04-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/385/pauta_5a_sessao_ordinaria_1o_per_-_03-04-2023.doc</t>
   </si>
   <si>
     <t>5ª (QUINTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/386/pauta_6a_sessao_ordinaria_1o_per_-_17-04-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/386/pauta_6a_sessao_ordinaria_1o_per_-_17-04-2023.doc</t>
   </si>
   <si>
     <t>6ª (SEXTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/387/pauta_7a_sessao_ordinaria_1o_per_-_08-05-2023_-_pauta_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/387/pauta_7a_sessao_ordinaria_1o_per_-_08-05-2023_-_pauta_ii.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/388/pauta_8a_sessao_ordinaria_1o_per_-_22-05-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/388/pauta_8a_sessao_ordinaria_1o_per_-_22-05-2023.doc</t>
   </si>
   <si>
     <t>8ª (OITAVA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/389/pauta_9a_sessao_ordinaria_1o_per_-_05-06-2023_-_pauta_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/389/pauta_9a_sessao_ordinaria_1o_per_-_05-06-2023_-_pauta_ii.doc</t>
   </si>
   <si>
     <t>9ª (NONA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/390/pauta_10a_sessao_ordinaria_1o_per_-_19-06-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/390/pauta_10a_sessao_ordinaria_1o_per_-_19-06-2023.doc</t>
   </si>
   <si>
     <t>10ª (DÉCIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/391/pauta_1a_sessao_ordinaria_3o_per_-_2o_semestre_-_07-08-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/391/pauta_1a_sessao_ordinaria_3o_per_-_2o_semestre_-_07-08-2023.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/392/pauta_2a_sessao_ordinaria_3o_per_-_2o_semestre_-_21-08-2023.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/392/pauta_2a_sessao_ordinaria_3o_per_-_2o_semestre_-_21-08-2023.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/393/pauta_3a_sessao_ordinaria_3o_per_-_2o_semestre_-_04-09-2023_-_timbrado.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/393/pauta_3a_sessao_ordinaria_3o_per_-_2o_semestre_-_04-09-2023_-_timbrado.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/394/pauta_4a_sessao_ordinaria_3o_per_-_2o_semestre_-_18-09-2023_-_pauta_i_-_timbrado.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/394/pauta_4a_sessao_ordinaria_3o_per_-_2o_semestre_-_18-09-2023_-_pauta_i_-_timbrado.doc</t>
   </si>
   <si>
     <t>4ª (QUARTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/395/pauta_5a_sessao_ordinaria_3o_per_-_2o_semestre_-_09-10-2023_-_pauta.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/395/pauta_5a_sessao_ordinaria_3o_per_-_2o_semestre_-_09-10-2023_-_pauta.doc</t>
   </si>
   <si>
     <t>5ª (QUINTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023 –</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/396/pauta_6a_sessao_ordinaria_3o_per_-_2o_semestre_-_23-10-2023_-_pauta.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/396/pauta_6a_sessao_ordinaria_3o_per_-_2o_semestre_-_23-10-2023_-_pauta.doc</t>
   </si>
   <si>
     <t>6ª (SEXTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/397/pauta_7a_sessao_ordinaria_3o_per_-_2o_semestre_-_13-11-2023_-_pauta_i.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/397/pauta_7a_sessao_ordinaria_3o_per_-_2o_semestre_-_13-11-2023_-_pauta_i.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/398/pauta_8a_sessao_ordinaria_3o_per_-_2o_semestre_-_30-11-2023_-_pauta_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/398/pauta_8a_sessao_ordinaria_3o_per_-_2o_semestre_-_30-11-2023_-_pauta_ii.doc</t>
   </si>
   <si>
     <t>8ª (OITAVA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/399/pauta_9a_sessao_ordinaria_3o_per_-_2o_semestre_-_11-12-2023_-_pauta_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/399/pauta_9a_sessao_ordinaria_3o_per_-_2o_semestre_-_11-12-2023_-_pauta_ii.doc</t>
   </si>
   <si>
     <t>A 9ª (NONA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/402/roteiro_sessao_solene_31-05-2023_-_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/402/roteiro_sessao_solene_31-05-2023_-_ii.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO SOLENE, 1º SEMESTRE DO – 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/403/03-_roteiro_sessao_solene_30-08-2023_-_timbrado.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/403/03-_roteiro_sessao_solene_30-08-2023_-_timbrado.doc</t>
   </si>
   <si>
     <t>A 2ª (SEGUNDA) SESSÃO SOLENE, DO 3º PERÍODO LEGISLATIVO ANO DE 2023</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Lista de Votação Nominal</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/284/02-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/284/02-2023.pdf</t>
   </si>
   <si>
     <t>LISTA DE VOTAÇÃO NOMINAL - JULGAMENTO DAS CONTAS ANUAIS DE GOVERNO DE 2021 - PREFEITO ROGÉRIO VILELA VICTOR DE OLIVEIRA</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de resolução</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_resolucao_no_01-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_resolucao_no_01-2023.pdf</t>
   </si>
   <si>
     <t>"Cria no quadro de Cargos e Salários da Câmara Municipal de Comodoro, Estado de Mato Grosso, o cargo em comissão de Tradutor e Intérprete de LIBRAS, alterando dispositivos da Lei Municipal nº 1.258/2010, e dá outras providências."</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_resolucao_no_02-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_resolucao_no_02-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o §2º do art. 1º da Lei Municipal nº 1.851/2019, e dá outras providências."</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_resolucao_no_04-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_resolucao_no_04-2023.pdf</t>
   </si>
   <si>
     <t>"Institui e Regulamenta o uso de uniformes nas dependências da Câmara Municipal de Comodoro e dá outras providências."</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_de_resolucao_no_05-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_de_resolucao_no_05-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 18, II, ´b´, acrescenta o inciso V ao art. 84 e modifica o Parágrafo Único do art. 94, todos do Regimento Interno da Câmara Municipal de Comodoro, Resolução nº 04/2008, de 03/12/2008, autorizando a condução das sessões por vereador previamente designado pelo Presidente e possibilitando a realização de sessões itinerantes."</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_resolucao_n_06-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_resolucao_n_06-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da ´Câmara Cidadã´, no âmbito do Poder Legislativo de Comodoro, disciplina sua competência, atividade e funcionamento."</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>Projeto de decreto legislativo</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_decreto_legis_n_02-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_decreto_legis_n_02-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de título de Cidadã Honorária, e dá outras providências."</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_decreto_legis_n_03-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_decreto_legis_n_03-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Honorário, e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_decreto_legis_n_04-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_decreto_legis_n_04-2023.pdf</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_de_decreto_legis_n_05-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_de_decreto_legis_n_05-2023.pdf</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_decreto_legis_n_06-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_decreto_legis_n_06-2023.pdf</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_de_decreto_legis_n_07-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_de_decreto_legis_n_07-2023.pdf</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_decreto_legis_n_08-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_decreto_legis_n_08-2023.pdf</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_decreto_legis_n_09-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_decreto_legis_n_09-2023.pdf</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_legis_n_10-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_legis_n_10-2023.pdf</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_decreto_legis_n_11-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_decreto_legis_n_11-2023.pdf</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_decreto_legis_n_12-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_decreto_legis_n_12-2023.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_decreto_legis_n_13-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_decreto_legis_n_13-2023.pdf</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_decreto_legis_n_14-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_decreto_legis_n_14-2023.pdf</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_decreto_legis_n_15-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_decreto_legis_n_15-2023.pdf</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_decreto_legis_n_16-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_decreto_legis_n_16-2023.pdf</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_decreto_legis_n_17-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_decreto_legis_n_17-2023.pdf</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_decreto_legis_n_18-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_decreto_legis_n_18-2023.pdf</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_decreto_legis_n_19-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_decreto_legis_n_19-2023.pdf</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_decreto_legis_n_20-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_decreto_legis_n_20-2023.pdf</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_decreto_legis_n_21-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_decreto_legis_n_21-2023.pdf</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_decreto_legis_n_22-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_decreto_legis_n_22-2023.pdf</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_decreto_legis_n_23-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_decreto_legis_n_23-2023.pdf</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/472/projeto_de_decreto_legis_n_24-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/472/projeto_de_decreto_legis_n_24-2023.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_decreto_legis_n_25-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_decreto_legis_n_25-2023.pdf</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_decreto_legis_n_26-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_decreto_legis_n_26-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de título de Cidadã Honorária, e dá outras providências.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_decreto_legis_n_27-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_decreto_legis_n_27-2023.pdf</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_decreto_legis_n_28-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_decreto_legis_n_28-2023.pdf</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_decreto_legis_n_29-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_decreto_legis_n_29-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Honorário, e dá outras providências</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_decreto_legis_n_30-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_decreto_legis_n_30-2023.pdf</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_decreto_legis_n_31-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_decreto_legis_n_31-2023.pdf</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_decreto_legis_n_32-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_decreto_legis_n_32-2023.pdf</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_decreto_legis_n_33-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_decreto_legis_n_33-2023.pdf</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_decreto_legis_n_34-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_decreto_legis_n_34-2023.pdf</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_decreto_legis_n_35-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_decreto_legis_n_35-2023.pdf</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_decreto_legis_n_36-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_decreto_legis_n_36-2023.pdf</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_decreto_legis_n_37-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_decreto_legis_n_37-2023.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_decreto_legis_n_38-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_decreto_legis_n_38-2023.pdf</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_decreto_legis_n_39-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_decreto_legis_n_39-2023.pdf</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_decreto_legis_n_40-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_decreto_legis_n_40-2023.pdf</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_decreto_legis_n_41-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_decreto_legis_n_41-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de título de Cidadãos Honorários, e dá outras providências."</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_decreto_legis_n_42-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_decreto_legis_n_42-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de título de Cidadão Honorário, e dá outras providências."</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_de_decreto_legis_n_43-2023.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_de_decreto_legis_n_43-2023.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2202,68 +2202,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_legislativo_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_legislativo_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_legislativo_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_legislativo_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_legislativo_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_legislativo_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_legislativo_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_legislativo_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_45-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_46-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_47-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_49-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_50-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_57-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_59-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_60-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/418/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/420/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_de_lei_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n_10-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n_13-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_16-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/427/projeto_de_lei_n_17-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/428/projeto_de_lei_n_18-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_n_20-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/432/projeto_de_lei_n_24-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n_26-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n_27-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n_28-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n_29-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_n_31-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/438/projeto_de_lei_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/439/projeto_de_lei_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_n_34-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_n_35-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_n_38-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_n_39-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/236/ano_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/244/extra_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/246/iti_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/249/solenes_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/374/pauta_-_1a_sessao_ext._20.01.2023.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/375/pauta_-_2a_sessao_ext._13.03.2023.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/376/pauta_-_3a_sessao_ext._27.04.2023.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/377/pauta_-_4a_sessao_ext._26.06.2023.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/378/pauta_-_5a_sessao_ext._21.09.2023.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/379/pauta_-_6a_sessao_ext._23.11.2023.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/380/pauta_-_7a_sessao_ext._28.12.2023.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/381/pauta_1a_sessao_ordinaria_1o_per_-13-02-2023_-_julgamento_de_contas_2021_-_rogerio.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/382/pauta_2a_sessao_ordinaria_1o_per_-27-02-2023.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/383/pauta_3a_sessao_ordinaria_1o_per_-06-03-2023.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/384/pauta_4a_sessao_ordinaria_1o_per_-20-03-2023_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/385/pauta_5a_sessao_ordinaria_1o_per_-_03-04-2023.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/386/pauta_6a_sessao_ordinaria_1o_per_-_17-04-2023.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/387/pauta_7a_sessao_ordinaria_1o_per_-_08-05-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/388/pauta_8a_sessao_ordinaria_1o_per_-_22-05-2023.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/389/pauta_9a_sessao_ordinaria_1o_per_-_05-06-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/390/pauta_10a_sessao_ordinaria_1o_per_-_19-06-2023.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/391/pauta_1a_sessao_ordinaria_3o_per_-_2o_semestre_-_07-08-2023.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/392/pauta_2a_sessao_ordinaria_3o_per_-_2o_semestre_-_21-08-2023.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/393/pauta_3a_sessao_ordinaria_3o_per_-_2o_semestre_-_04-09-2023_-_timbrado.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/394/pauta_4a_sessao_ordinaria_3o_per_-_2o_semestre_-_18-09-2023_-_pauta_i_-_timbrado.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/395/pauta_5a_sessao_ordinaria_3o_per_-_2o_semestre_-_09-10-2023_-_pauta.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/396/pauta_6a_sessao_ordinaria_3o_per_-_2o_semestre_-_23-10-2023_-_pauta.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/397/pauta_7a_sessao_ordinaria_3o_per_-_2o_semestre_-_13-11-2023_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/398/pauta_8a_sessao_ordinaria_3o_per_-_2o_semestre_-_30-11-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/399/pauta_9a_sessao_ordinaria_3o_per_-_2o_semestre_-_11-12-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/402/roteiro_sessao_solene_31-05-2023_-_ii.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/403/03-_roteiro_sessao_solene_30-08-2023_-_timbrado.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/284/02-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_resolucao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_resolucao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_resolucao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_de_resolucao_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_resolucao_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_decreto_legis_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_decreto_legis_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_decreto_legis_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_de_decreto_legis_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_decreto_legis_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_de_decreto_legis_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_decreto_legis_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_decreto_legis_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_legis_n_10-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_decreto_legis_n_11-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_decreto_legis_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_decreto_legis_n_13-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_decreto_legis_n_14-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_decreto_legis_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_decreto_legis_n_16-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_decreto_legis_n_17-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_decreto_legis_n_18-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_decreto_legis_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_decreto_legis_n_20-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_decreto_legis_n_21-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_decreto_legis_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_decreto_legis_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/472/projeto_de_decreto_legis_n_24-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_decreto_legis_n_25-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_decreto_legis_n_26-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_decreto_legis_n_27-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_decreto_legis_n_28-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_decreto_legis_n_29-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_decreto_legis_n_30-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_decreto_legis_n_31-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_decreto_legis_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_decreto_legis_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_decreto_legis_n_34-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_decreto_legis_n_35-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_decreto_legis_n_36-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_decreto_legis_n_37-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_decreto_legis_n_38-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_decreto_legis_n_39-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_decreto_legis_n_40-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_decreto_legis_n_41-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_decreto_legis_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_de_decreto_legis_n_43-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/211/projeto_de_lei_legislativo_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_legislativo_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/213/projeto_de_lei_legislativo_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_legislativo_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_legislativo_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei_legislativo_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_legislativo_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_legislativo_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_30-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_36-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_45-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_46-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_47-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_48-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_49-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_50-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_57-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_59-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_60-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n_01-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/418/projeto_de_lei_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/420/projeto_de_lei_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_de_lei_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n_10-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n_13-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n_16-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/427/projeto_de_lei_n_17-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/428/projeto_de_lei_n_18-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_n_20-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/432/projeto_de_lei_n_24-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n_26-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n_27-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n_28-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n_29-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/437/projeto_de_lei_n_31-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/438/projeto_de_lei_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/439/projeto_de_lei_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_n_34-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/441/projeto_de_lei_n_35-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/442/projeto_de_lei_n_38-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_n_39-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/236/ano_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/244/extra_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/246/iti_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/249/solenes_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/374/pauta_-_1a_sessao_ext._20.01.2023.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/375/pauta_-_2a_sessao_ext._13.03.2023.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/376/pauta_-_3a_sessao_ext._27.04.2023.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/377/pauta_-_4a_sessao_ext._26.06.2023.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/378/pauta_-_5a_sessao_ext._21.09.2023.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/379/pauta_-_6a_sessao_ext._23.11.2023.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/380/pauta_-_7a_sessao_ext._28.12.2023.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/381/pauta_1a_sessao_ordinaria_1o_per_-13-02-2023_-_julgamento_de_contas_2021_-_rogerio.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/382/pauta_2a_sessao_ordinaria_1o_per_-27-02-2023.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/383/pauta_3a_sessao_ordinaria_1o_per_-06-03-2023.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/384/pauta_4a_sessao_ordinaria_1o_per_-20-03-2023_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/385/pauta_5a_sessao_ordinaria_1o_per_-_03-04-2023.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/386/pauta_6a_sessao_ordinaria_1o_per_-_17-04-2023.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/387/pauta_7a_sessao_ordinaria_1o_per_-_08-05-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/388/pauta_8a_sessao_ordinaria_1o_per_-_22-05-2023.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/389/pauta_9a_sessao_ordinaria_1o_per_-_05-06-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/390/pauta_10a_sessao_ordinaria_1o_per_-_19-06-2023.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/391/pauta_1a_sessao_ordinaria_3o_per_-_2o_semestre_-_07-08-2023.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/392/pauta_2a_sessao_ordinaria_3o_per_-_2o_semestre_-_21-08-2023.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/393/pauta_3a_sessao_ordinaria_3o_per_-_2o_semestre_-_04-09-2023_-_timbrado.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/394/pauta_4a_sessao_ordinaria_3o_per_-_2o_semestre_-_18-09-2023_-_pauta_i_-_timbrado.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/395/pauta_5a_sessao_ordinaria_3o_per_-_2o_semestre_-_09-10-2023_-_pauta.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/396/pauta_6a_sessao_ordinaria_3o_per_-_2o_semestre_-_23-10-2023_-_pauta.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/397/pauta_7a_sessao_ordinaria_3o_per_-_2o_semestre_-_13-11-2023_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/398/pauta_8a_sessao_ordinaria_3o_per_-_2o_semestre_-_30-11-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/399/pauta_9a_sessao_ordinaria_3o_per_-_2o_semestre_-_11-12-2023_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/402/roteiro_sessao_solene_31-05-2023_-_ii.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/403/03-_roteiro_sessao_solene_30-08-2023_-_timbrado.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/284/02-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/445/projeto_de_resolucao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/446/projeto_de_resolucao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/447/projeto_de_resolucao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/448/projeto_de_resolucao_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_resolucao_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_decreto_legis_n_02-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_decreto_legis_n_03-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_decreto_legis_n_04-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/453/projeto_de_decreto_legis_n_05-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_decreto_legis_n_06-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/455/projeto_de_decreto_legis_n_07-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_decreto_legis_n_08-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_decreto_legis_n_09-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_legis_n_10-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_decreto_legis_n_11-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_decreto_legis_n_12-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_decreto_legis_n_13-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_decreto_legis_n_14-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_decreto_legis_n_15-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_decreto_legis_n_16-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_decreto_legis_n_17-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/466/projeto_de_decreto_legis_n_18-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_decreto_legis_n_19-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_decreto_legis_n_20-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_decreto_legis_n_21-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_decreto_legis_n_22-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/471/projeto_de_decreto_legis_n_23-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/472/projeto_de_decreto_legis_n_24-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/473/projeto_de_decreto_legis_n_25-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_decreto_legis_n_26-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_decreto_legis_n_27-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_decreto_legis_n_28-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_decreto_legis_n_29-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_de_decreto_legis_n_30-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_decreto_legis_n_31-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_decreto_legis_n_32-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_decreto_legis_n_33-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_decreto_legis_n_34-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_decreto_legis_n_35-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_decreto_legis_n_36-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/485/projeto_de_decreto_legis_n_37-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_decreto_legis_n_38-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_decreto_legis_n_39-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/488/projeto_de_decreto_legis_n_40-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/489/projeto_de_decreto_legis_n_41-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/490/projeto_de_decreto_legis_n_42-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2023/491/projeto_de_decreto_legis_n_43-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="129.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="156" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="155.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>