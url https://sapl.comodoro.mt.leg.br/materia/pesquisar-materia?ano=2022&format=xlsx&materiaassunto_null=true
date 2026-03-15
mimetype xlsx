--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,1383 +54,1383 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/36/pl_no._01-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/36/pl_no._01-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Altera a redação dos §§ 1º, 2º e 3º do art. 46 da Lei Municipal nº 1.257/2010, e dá outras providências."</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/37/pl_no._02-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/37/pl_no._02-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a declaração de utilidade pública à Associação Desportiva Comodorense - ADEC."</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulo Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/38/pl_no._03-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/38/pl_no._03-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Institui o "Dia dos Surdos" no Município de Comodoro/MT e dá outras providências."</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/39/pl_no._04-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/39/pl_no._04-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Proíbe o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no município de Comodoro, e dá outras providências."</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Eliano Bridi, Gleyce</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/228/camscanner_24-04-2024_09.32.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/228/camscanner_24-04-2024_09.32.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do art. 9º, alínea “e”, da Lei Municipal nº 1.504, de 25 de abril de 2014, e dá outras providências.”</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Gleyce</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/229/camscanner_24-04-2024_09.32_1-3-4.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/229/camscanner_24-04-2024_09.32_1-3-4.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de décimo terceiro salário aos Vereadores da Câmara Municipal de Comodoro e dá outras providências".</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/40/pl_no._07-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/40/pl_no._07-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Revoga o inciso IV do art. 3º e altera o art. 13, ambos da Lei Municipal nº 1.701/2017, e dá outras providências."</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Alan Viotto, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/46/camscanner_26-04-2024_12.29_1.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/46/camscanner_26-04-2024_12.29_1.pdf</t>
   </si>
   <si>
     <t>“Define, em caráter precário, área destinada à prática de som automotivo, fixa regras básicas e dá outras providências".</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/41/pl_no._09-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/41/pl_no._09-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe Sobre Autorização ao Poder Legislativo para filiar a Câmara Municipal de Vereadores de Comodoro à UCMMAT - União das Câmaras Municipais de Mato Grosso e dá outras providências."</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Bell</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/42/pl_no._10-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/42/pl_no._10-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a declaração de Utilidade Pública à Associação dos Pequenos Produtores Rurais Vida Nova - APPRUVINO."</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/43/pl_no._11-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/43/pl_no._11-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a declaração de utilidade pública à Associação dos Surdos de Comodoro - ASSUCDO."</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/44/pl_no._12-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/44/pl_no._12-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a declaração de utilidade pública à Convenção Missionária Brasileira - CONVEMBRAS."</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_13-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_13-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Comodoro"</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Malagão, Paulo Bezerra, Robervane Oliveira, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_14-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_14-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública à Associação dos Pequenos Produtores Rurais da Granja - APPRG.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/230/camscanner_24-04-2024_09.411.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/230/camscanner_24-04-2024_09.411.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Câmara de Dirigentes Lojistas de Comodoro – CDL.”</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Malagão</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_16-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_16-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Denomina o campo de futebol da comunidade Mãe da Terra, no Distrito da Colônia dos Mineiros, como Davi Gabriel Lopes.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/231/camscanner_24-04-2024_09.45.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/231/camscanner_24-04-2024_09.45.pdf</t>
   </si>
   <si>
     <t>“Altera o §1º do art. 2º da Lei Municipal nº 1.845/2019, dispondo sobre a idade máxima de uso dos veículos utilizadores de plataformas tecnológicas, no âmbito municipal.”</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_18-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_18-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública à Associação dos Pequenos Produtores Rurais da Colônia dos Mineiros - APPRUCOLMIN.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Ronaldo da Macuco</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_19-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_19-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública à Associação dos Pequenos Produtores Rurais e Moradores do PA MACUCO - APRUMMA.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_20-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_20-2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Associação São Jorge dos Pequenos Produtores Rurais da Colônia Águas Claras”</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_21-2022_legislativo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_21-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública à Associação Poliesportiva e Cultural de Comodoro/MT.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Robervane Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/232/pl_22.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/232/pl_22.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública à Associação dos Produtores Rurais do Vale Do Guaporé Nova Fronteira”</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/233/pl_23.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/233/pl_23.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a declaração de utilidade pública ao Sindicato Rural de Comodoro”</t>
   </si>
   <si>
     <t>PROPO</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_01-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_01-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, reparos nos aparelhos de ginasticas da Praça Leandro Rossi no Bairro São Francisco.</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Robervane Oliveira, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_02-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_02-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a análise para confecção de Projeto de Lei referente ao estímulo do pagamento do imposto sobre a propriedade predial e territorial urbana por intermédio de sorteio de prêmios (IPTU Premiado).</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Paulo Bezerra, Robervane Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_03-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_03-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a elaboração de Projeto de Lei instituindo o Programa Municipal de parcerias público-privadas no Município de Comodoro.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_04-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_04-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a elaboração de Projeto de Lei  para a criação e regulamentação do cargo de provimento efetivo de "condutor de ambulância" no Município de Comodoro.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_05-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_05-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a análise para confecção de Projeto de Lei  nos moldes do já conhecido "Programa de Recuperação Fiscal - REFIS", no âmbito de nosso Município.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_06-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_06-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe  do Poder Executivo Municipal emenda  ao Projeto de Lei nº 13/2022, de 21 de março de 2022.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_07-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_07-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, construção de 01 (um) redutor de velocidade na Rua  dos Ipês, em frente ao Campo de Futebol "Show de bola".</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Paulo Bezerra, Robervane Oliveira, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_08-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_08-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, perfuração de mais 01 (um) poço artesiano no Distrito de Nova Alvorada.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_09-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_09-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, perfuração de 01 (um) poço artesiano na APPRUMMA - Associação dos Pequenos Produtores Rurais e Moradores do P.A. Macuco - Gleba Macuco.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_10-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_10-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, construção de 02 (duas) pontes com bueiros sobre o córrego que fica localizado na estrada denominada "Linha do Jovem" na Gleba Macuco, nesta municipalidade.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Eliano Bridi</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_n_011-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_n_011-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a criação de 5 (cinco) cargos de brigadistas, temporários para atender a brigada nesta municipalidade.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Gauchinho da Areia, Gleyce, Malagão, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_n_012-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_n_012-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a recuperação de uma ponte e reabertura de um trecho de estrada rural na Gleba Zambam, Travessão III.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_n_013-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_n_013-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, análise para confecção de um Projeto de Lei que nomeie as ruas do Loteamento Reserva Park, neste município.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_n_014-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_n_014-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, instalação de bloquetes/ paralelepípedos num trecho na Rua das Pitangueiras entre as quadras 10, 11, 26, 27, sentido Avenida Mato Grosso e outro trecho na Rua  Rio Grande do Sul, sentido à Rua das Acácias, neste município</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_15-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_15-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a atualização do quadro de Salário Mínimo do ACS (Agentes Comunitários de Saúde).</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_16-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_16-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, aquisição de ônibus escolares para atender os alunos do Município de Comodoro, com 100% (cem por cento) de frota própria.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_17-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_17-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, que durante o período de revitalização da Avenida Prefeito Valdir Masutti, as ruas paralelas da avenida tornem-se de mão dupla.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/84/indicacao_18-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/84/indicacao_18-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a criação do "Programa Praças Digitais" a ser instalado nas praças do Município de Comodoro/MT.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Bell, Eliano Bridi, Malagão, Paulo Bezerra, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/85/indicacao_19-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/85/indicacao_19-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal, que denomine o Campo de Futebol da Comunidade Mãe da Terra, no Distrito de Colônia dos Mineiros, como Davi Gabriel Lopes.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_20-2022_ok.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_20-2022_ok.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a criação do Fundo Municipal de Políticas Penais.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_21-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_21-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a construção de uma Quadra Poliesportiva para a Escola Municipal Helena Matiuzzo Feliz.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_22-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_22-2022.pdf</t>
   </si>
   <si>
     <t>"Indica ao Chefe do Poder Executivo Municipal, a afixação de Placas Indicativas com os nomes das Ruas em locais estratégicos."</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_23-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_23-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a criação de Projeto "Bolsa Atleta Comodorense".</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_no_20-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_no_20-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de servidores públicos para atendimento à Secretaria Municipal de Educação e Cultura, nas escolas do campo,  área urbana e aldeias indígenas, para atender a necessidade temporária e de excepcional interesse e dá outras providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/77/pl_no._02-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/77/pl_no._02-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 1.869/2020, alterando a remuneração dos membros do Conselho Tutelar, e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/78/pl_no._03-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/78/pl_no._03-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual (RGA), aos aposentados e pensionistas vinculados ao Comodoro-Previ, em 7,35%, e dá outras providências, com fundamento no art. 37, inciso X, da Constituição Federal.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/79/pl_no._04-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/79/pl_no._04-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II, III e V, da Lei Municipal nº 1.868, de 04 de junho de 2020, concede reajuste às classes e níveis dos servidores da administração, em decorrência da mudança do salário mínimo, concede Revisão Geral Anual  (RGA), em 7,35%, aos demais servidores  dos quadros da Administração Municipal, com fundamento no art. 37, X, da CF/88, e acrescenta vagas aos cargos de auxiliar administrativo, assistente social, Operador de escavadeira hidráulica, operador de motoniveladora, operador de pá carregadeira/retroescavadeira, fiscal de contrato, técnico agrícola, procurador jurídico, educados social, nutricionista e pregoeiro.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/47/pl_no._08-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/47/pl_no._08-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a realizar o pagamento de despesas funerárias decorrentes de acidentes na prestação de serviço público, e dá outras providências."</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/48/pl_no._09-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/48/pl_no._09-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Politica Pública de Assistência Social do Município de Comodoro/MT e dá outras providências."</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/49/pl_no._10-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/49/pl_no._10-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo do Município de Comodoro a doar imóvel ao Estado de Mato Grosso para a construção de uma unidade do Corpo de Bombeiro Militar."</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/50/pl_no._11-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/50/pl_no._11-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Concede Revisão Geral Anual aos Servidores Efetivos e Comissionados do Poder Legislativo Municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/51/pl_no._12-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/51/pl_no._12-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o poder executivo municipal a promover campanha de estímulo à arrecadação do imposto sobre a propriedade predial e territorial urbana (IPTU Premiado), mediante realização de sorteios de prêmios, como meio de auxiliar a fiscalização e melhorar a arrecadação e dá outras providências."</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/52/pl_no._14-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/52/pl_no._14-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei Municipal nº 858, de 09 de dezembro de 2005, que criou a percapta do Consórcio Intermunicipal de Saúde da Região do Vale do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/53/pl_no._15-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/53/pl_no._15-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos I, II, III e V da Lei Municipal nº 1.929, de 14 de fevereiro de 2022, criando novos cargos, com as respectivas atribuições e remuneração, alterando a quantidade de vagas e a remuneração do cargo de Agente de Saúde da Secretaria Municipal de Saúde, e dá outras providências."</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/54/pl_no._16-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/54/pl_no._16-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexos I, da Lei Municipal nº 1.519/2014, acrescentando 02 vagas ao cargo de Assistente Administrativo para atuar perante o COMODORO-PREVI, e dá outras providências."</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/55/pl_no._17-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/55/pl_no._17-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a suplementar o repasse duodecimal do Poder Legislativo para o Exercício de 2022, em consonância com o art. 29-A,  I, da CF, alterando as peças orçamentárias pertinentes, e dá outras providências."</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_no_19-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_no_19-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos I, II, III, da Lei Municipal nº 1927, de 14 de fevereiro de 2022, alterando também os anexos respectivos do Plano de Cargos, Carreiras e Vencimento (Lei Municipal nº 1326/2011), criando cargos, vagas e reajustando salários."</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_no_20-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_no_20-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza  a contratação de servidores públicos  para atendimento à Secretaria Municipal de Educação e Cultura, nas escolas do campo, área urbana e aldeias indígenas, para atender a necessidade temporária e de excepcional interesse e dá outras providências."</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_22-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_22-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Comodoro-MT a repassar recursos ao Consórcio Intermunicipal de Desenvolvimento Socioeconômico e Ambiental do Vale do Guaporé - CIDESA, referente ao Programa "PATRULHA RODOVIÁRIA"".</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>Prefeitura - PR</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_no_232022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_no_232022.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.058/2008, incluindo quatro artigos."</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/59/pl_no._26-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/59/pl_no._26-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a alterar as peças orçamentárias (PPA, LDO e LOA/2022) quanto ao fundo Municipal de Saúde, criando dotação específica na Vigilância Epidemiológica para a viabilização da aquisição do veículo "Castra Móvel, e dá outras providências"."</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/60/pl_no._27-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/60/pl_no._27-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fazer abertura de créditos adicionais suplementares por  transposição, remanejamento ou a transferência de recursos de uma categoria de programação para outra e de um órgão para outro, no âmbito da execução orçamentária, em mais 5% (cinco por cento), do total das despesas previstas na Lei Orçamentária Anual (Lei nº 1921/2021) alterando-se o art. 6º da citada lei municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/86/pl_no.28-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/86/pl_no.28-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 1º da Lei Municipal nº 1.925/2022, modificando-se também a Lei Municipal nº 1.426/2013 que trata da remuneração e benefícios aos membros do Conselho Tutelar, concedendo revisão geral anual, aos mesmos, e dá outras providências."</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/87/pl_no._30-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/87/pl_no._30-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos II, III e V da Lei Municipal nº 1.929/2022, alterando também os anexos respectivos do plano de Cargos, Carreiras e Vencimento (Lei Municipal nº 1.327/2011) concedendo revisão geral anual (RGA) de 11,81%, aos servidores vinculados  à Secretaria Municipal de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/88/pl_no._31-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/88/pl_no._31-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos V, VI, VII, XI, XIV, XV, XVII e XVIII, da Lei Municipal n. 1.928/2022, alterando também os anexos respectivos do Plano de Cargos, Carreiras e Vencimento (Lei Municipal nº 1.330/2011, concedendo RGA, em 11,81%, e dá outras providências, com fundamento no art. 37, inciso X, da Constituição Federal e da outras providências."</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_no_32-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_no_32-2022_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a outorgar contratos de concessão de direito real de uso de imóveis públicos  situados no Setor Industrial II (Lei Municipal n. 1.118/2008), mediante prévio procedimento licitatório na modalidade concorrência, a pessoas jurídicas interessadas, com fundamento nos artigos n. 126, $1º, da Lei Orgânica Municipal, c/c art. 17, I, da Lei 8.666/1.993 e art. 7º, do Decreto-Lei n. 271/1967, e dá outras providências."</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/90/pl_no._33-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/90/pl_no._33-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual (RGA), aos aposentados e pensionistas vinculados ao Comodoro-Previ em 11,81%, com fundamento no art. 37, inciso X, da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/91/pl_no._34-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/91/pl_no._34-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II e III da Lei Municipal nº 1.924/2022, alterando também os anexos respectivos da Lei 1.519/2014 que reestruturou o Fundo de Previdência dos Servidores, concedendo revisão geral anual em 11,81%, aos servidores do COMODORO-PREVI, e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/92/pl_no._35-2022_executivo.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/92/pl_no._35-2022_executivo.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual aos Servidores Efetivos e Comissionados do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_37-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_37-2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso IV, do art. 48, da Lei Municipal nº 1.519/2014, que reestruturou o Regime Próprio de Previdência Social do Município de Comodoro/MT e, dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_38-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_38-2022.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Conselho Municipal dos Direitos do Idoso - CMDI e cria  o Fundo Municipal do Idoso - FMI, no âmbito do município de Comodoro/MT.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_39-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_39-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.935/2022, modificando os artigos 1º e 2º, apenas quanto à metragem do imóvel doado.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_40-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_40-2022.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Conselho Municipal dos Direitos da Mulher - CMDM e cria o Fundo Municipal da Mulher - FMM no âmbito do Município de Comodoro/MT.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no41-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no41-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta a fixação do piso salarial dos agentes comunitários de saúde e dos agentes de combate às endemias, de acordo com a Emenda Constitucional nº 120/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_42-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_42-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar  contratos de concessão de direito real de uso de imóveis públicos situados no Setor Industrial II (Lei Municipal nº 1.118/2008), mediante prévio procedimento licitatório na modalidade concorrência, à pessoas jurídicas interessadas, com fundamento nos artigos n 126, $1º, da Lei Orgânica Municipal, c/c art. 17, I, da Lei 8.666/1993 e art. 7º, do Decreto-Lei n. 271/1967, e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_43-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_43-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito adicional especial ao Fundo Municipal de Desenvolvimento Rural Sustentável e Industrial - FUMDERSI e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_48-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_48-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar contrato de concessão de direito real de uso de imóvel público, mediante prévio procedimento licitatório na modalidade concorrência, a pessoa jurídica interessada, com fundamento nos artigos n. 126, §1º, da lei Orgânica Municipal, c/c art. 17, I, da Lei 8.666/1.993 e art. 7º, do Decreto-Lei n. 271/1967, e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_49-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_49-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Comodoro a doar imóvel ao Estado de Mato Grosso para a construção de uma unidade da POLITEC em Comodoro/MT.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_50-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_50-2022.pdf</t>
   </si>
   <si>
     <t>Define e denomina as Ruas da Quadra 16, Bairro Industrial II.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_51-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_51-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação de vagas  de provimento efetivo e contratação de servidores  públicos, em atendimento à Secretaria Municipal de Saúde e Secretaria  de Educação e Cultura , para atender a necessidade temporária e de excepcional interesse, extingue cargo e dá outras providências."</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_52-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_52-2022.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo XII, da Lei Municipal nº 1.330/2011, aumentando a remuneração de diretores e coordenadores escolares."</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_53-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_53-2022.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município, para o exercício de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_no_54-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_no_54-2022.pdf</t>
   </si>
   <si>
     <t>Altera o texto do art. 1º da Lei 1.913/2021, que institui o Conselho Municipal de Proteção e Defesa dos animais do Município de Comodoro-CMPDA.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_55-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_55-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a criação de vagas  de provimento efetivo e autoriza a Contratação de Servidores Públicos, para atendimento à Secretaria Municipal de Educação e Cultura e de Assistência Social, para atender a necessidade temporária e de excepcional interesse e dá outras providências."</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_56-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_56-2022.pdf</t>
   </si>
   <si>
     <t>"Acrescenta entidades e associações ao art. 16  da Lei nº 1.971/2022 - Lei de Diretrizes Orçamentárias exercício 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_57-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_57-2022.pdf</t>
   </si>
   <si>
     <t>"Acrescenta a criação de vagas de provimento efetivo (coletor de lixo) e contratação  de servidores públicos, em atendimento à Secretaria Municipal de Obras, para atender a necessidade temporária e de excepcional interesse, e dá outras providências."</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_58-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_58-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a ratificação do Protocolo de Intenções do Consórcio Público Intermunicipal de Gestão dos Regimes Próprios de Previdência Social, dos municípios mato-grossenses - CONSPREV e dá outras providências."</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_59-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_59-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o processamento das consignações em folha de pagamentos, e dá outras providências."</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_60-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_60-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização e regulamentação da extração de cascalho de cascalheiras em áreas privadas pelo Município de Comodoro/MT, e dá outras providências."</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_61-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_61-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a fornecer aterro para construção civil e respectivo terreno nos limites do município,  e dá outras providências."</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_62-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_62-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do §1º, do art. 7º, da Lei Municipal nº 1.982/2022, acrescentando vagas para contratação temporária de Técnico em Higiene Dental."</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_63-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_63-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a parte final do art. 2º, da Lei n. 1.610/2015, que dispõe sobre os incentivos fiscais concedidos à Amaggi Exportação e Importação Ltda, referente à unidade industrial situada no Distrito Agroindustrial de Comodoro, prorrogando sua vigência até 31 de dezembro de 2023, nos moldes da Lei nº 1.595, de 22 de junho de 2015."</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_65-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_65-2022.pdf</t>
   </si>
   <si>
     <t>"Acrescenta parágrafos ao art. 5º, da Lei n. 1.897/2021, e dá outras providências."</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_68-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_68-2022.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o art. 2º-a, na Lei n. 1.983/2022, e dá outras providências."</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à LOM</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_emenda_a_lei_organica_n_04-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_emenda_a_lei_organica_n_04-2022.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 7º da Lei Orgânica Municipal, Resolução n.º 006/2008 de 03/12/2008, o qual dispõe sobre o número de vereadores  do Município.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_emenda_a_lei_organica_n_05-2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_emenda_a_lei_organica_n_05-2022.pdf</t>
   </si>
   <si>
     <t>Altera os §§ 11 e 13 do art. 137 da Lei Orgânica Municipal, Resolução n.º 006/2008 de 03/12/2008, os quais  dispõem sobre as emendas parlamentares ao projeto de lei orçamentária anual do Município.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/116/emenda_modificativa_no_01-2022_ao_pl_44.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/116/emenda_modificativa_no_01-2022_ao_pl_44.pdf</t>
   </si>
   <si>
     <t>"Altera os incisos II, III, VIII, IX, X, XV, XVII e XXI do art. 2 do Projeto de Lei nº 044/2022, passando a constar em tais incisos os nomes e sobrenomes dos homenageados ao ínves de seus epítetos."</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/117/emenda_modificativa_no_02-2022_ao_pl_61.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/117/emenda_modificativa_no_02-2022_ao_pl_61.pdf</t>
   </si>
   <si>
     <t>"Acrescenta a alínea "g" ao §2 do art. 2º e complementa o art. 3º do Projeto de Lei nº 061/2022."</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
     <t>Presença dos Vereadores nas Sessões</t>
   </si>
   <si>
     <t>Câmara Municipal - CM</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/235/ano_2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/235/ano_2022.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES ORDINÁRIAS DE 2022</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/243/extra_2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/243/extra_2022.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES EXTRAORDINÁRIAS DE 2022</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/248/solenes_2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/248/solenes_2022.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES SOLENES DE 2022</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Pauta das Sessões</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/350/pauta_-_1a_sessao_ext._17.01.2022-_pelom_-_pauta_ii_-_i_turno.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/350/pauta_-_1a_sessao_ext._17.01.2022-_pelom_-_pauta_ii_-_i_turno.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO EXTRAORDINÁRIA, 2º PERÍODO LEGISLATIVO – ANO 2022</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/351/pauta_-_2a_sessao_ext._21.01.2022-_pelom_-_ii_turno.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/351/pauta_-_2a_sessao_ext._21.01.2022-_pelom_-_ii_turno.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO EXTRAORDINÁRIA, 2º PERÍODO LEGISLATIVO – ANO 2022</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/352/pauta_-_3a_sessao_ext._01.06.2022-_pl_15_e_19_e_27_do_executivo_-_pauta_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/352/pauta_-_3a_sessao_ext._01.06.2022-_pl_15_e_19_e_27_do_executivo_-_pauta_ii.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO EXTRAORDINÁRIA, 2º PERÍODO LEGISLATIVO – ANO 2022</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/353/pauta_-_4a_sessao_ext._30.06.2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/353/pauta_-_4a_sessao_ext._30.06.2022.doc</t>
   </si>
   <si>
     <t>4ª (QUARTA) SESSÃO EXTRAORDINÁRIA, 2º PERÍODO LEGISLATIVO – ANO 2022</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/354/pauta_-_5a_sessao_ext._08.12.2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/354/pauta_-_5a_sessao_ext._08.12.2022.doc</t>
   </si>
   <si>
     <t>A 5ª (QUINTA) SESSÃO EXTRAORDINÁRIA, 2º PERÍODO LEGISLATIVO – ANO 2022</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/355/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/355/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/356/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/356/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/357/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/357/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/358/pauta_4a_sessao_ordinaria_2o_per_-_21-03-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/358/pauta_4a_sessao_ordinaria_2o_per_-_21-03-2022.doc</t>
   </si>
   <si>
     <t>4ª (QUARTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/359/pauta_5a_sessao_ordinaria_2o_per_-_04-04-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/359/pauta_5a_sessao_ordinaria_2o_per_-_04-04-2022.doc</t>
   </si>
   <si>
     <t>5ª (QUINTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/360/pauta_6a_sessao_ordinaria_2o_per_-_18-04-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/360/pauta_6a_sessao_ordinaria_2o_per_-_18-04-2022.doc</t>
   </si>
   <si>
     <t>A 6ª (SEXTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/361/pauta_7a_sessao_ordinaria_2o_per_-_02-05-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/361/pauta_7a_sessao_ordinaria_2o_per_-_02-05-2022.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/362/pauta_8a_sessao_ordinaria_2o_per_-16-05-2022_-_pauta_ii_-_julgamento_de_contas_2020_-_jeferson.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/362/pauta_8a_sessao_ordinaria_2o_per_-16-05-2022_-_pauta_ii_-_julgamento_de_contas_2020_-_jeferson.doc</t>
   </si>
   <si>
     <t>8ª (OITAVA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/363/pauta_9a_sessao_ordinaria_2o_per_-_13-06-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/363/pauta_9a_sessao_ordinaria_2o_per_-_13-06-2022.doc</t>
   </si>
   <si>
     <t>9ª (NONA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/364/pauta_10a_sessao_ordinaria_2o_per_-_27-06-2022_-_com_ldo.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/364/pauta_10a_sessao_ordinaria_2o_per_-_27-06-2022_-_com_ldo.doc</t>
   </si>
   <si>
     <t>10ª (DÉCIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/365/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/365/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/366/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/366/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/367/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/367/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/368/pauta_4a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_19-09-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/368/pauta_4a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_19-09-2022.doc</t>
   </si>
   <si>
     <t>4ª (QUARTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/369/pauta_5a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_10-10-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/369/pauta_5a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_10-10-2022.doc</t>
   </si>
   <si>
     <t>5ª (QUINTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/370/pauta_6a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_24-10-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/370/pauta_6a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_24-10-2022.doc</t>
   </si>
   <si>
     <t>A 6ª (SEXTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/371/pauta_7a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_07-11-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/371/pauta_7a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_07-11-2022.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/372/pauta_8a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_21-11-2022.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/372/pauta_8a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_21-11-2022.doc</t>
   </si>
   <si>
     <t>8ª (OITAVA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/373/pauta_9a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_05-12-2022_-_eleicao_mesa_diretora.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/373/pauta_9a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_05-12-2022_-_eleicao_mesa_diretora.doc</t>
   </si>
   <si>
     <t>A 9ª (NONA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 2º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/401/roteiro_sessao_solene_-_concessoes_de_honrarias_-__28-11-2002.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/401/roteiro_sessao_solene_-_concessoes_de_honrarias_-__28-11-2002.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO SOLENE, 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2022</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Lista de Votação Nominal</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/283/2022.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/283/2022.pdf</t>
   </si>
   <si>
     <t>LISTA DE VOTAÇÃO NOMINAL - JULGAMENTO DAS CONTAS ANUAIS DE GOVERNO DE 2020 - PREFEITO JEFERSON FERREIRA GOMES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1737,68 +1737,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/36/pl_no._01-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/37/pl_no._02-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/38/pl_no._03-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/39/pl_no._04-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/228/camscanner_24-04-2024_09.32.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/229/camscanner_24-04-2024_09.32_1-3-4.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/40/pl_no._07-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/46/camscanner_26-04-2024_12.29_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/41/pl_no._09-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/42/pl_no._10-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/43/pl_no._11-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/44/pl_no._12-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_13-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/230/camscanner_24-04-2024_09.411.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_16-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/231/camscanner_24-04-2024_09.45.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_19-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_21-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/232/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/233/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_n_011-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_n_012-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_n_013-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_n_014-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/84/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/85/indicacao_19-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_20-2022_ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_22-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/77/pl_no._02-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/78/pl_no._03-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/79/pl_no._04-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/47/pl_no._08-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/48/pl_no._09-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/49/pl_no._10-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/50/pl_no._11-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/51/pl_no._12-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/52/pl_no._14-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/53/pl_no._15-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/54/pl_no._16-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/55/pl_no._17-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_no_19-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_no_20-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_22-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_no_232022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/59/pl_no._26-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/60/pl_no._27-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/86/pl_no.28-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/87/pl_no._30-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/88/pl_no._31-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_no_32-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/90/pl_no._33-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/91/pl_no._34-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/92/pl_no._35-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_39-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_40-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no41-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_43-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_49-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_51-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_53-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_55-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_56-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_57-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_58-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_59-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_60-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_61-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_62-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_63-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_65-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_68-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_emenda_a_lei_organica_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_emenda_a_lei_organica_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/116/emenda_modificativa_no_01-2022_ao_pl_44.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/117/emenda_modificativa_no_02-2022_ao_pl_61.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/235/ano_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/243/extra_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/248/solenes_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/350/pauta_-_1a_sessao_ext._17.01.2022-_pelom_-_pauta_ii_-_i_turno.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/351/pauta_-_2a_sessao_ext._21.01.2022-_pelom_-_ii_turno.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/352/pauta_-_3a_sessao_ext._01.06.2022-_pl_15_e_19_e_27_do_executivo_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/353/pauta_-_4a_sessao_ext._30.06.2022.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/354/pauta_-_5a_sessao_ext._08.12.2022.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/355/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/356/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/357/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/358/pauta_4a_sessao_ordinaria_2o_per_-_21-03-2022.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/359/pauta_5a_sessao_ordinaria_2o_per_-_04-04-2022.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/360/pauta_6a_sessao_ordinaria_2o_per_-_18-04-2022.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/361/pauta_7a_sessao_ordinaria_2o_per_-_02-05-2022.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/362/pauta_8a_sessao_ordinaria_2o_per_-16-05-2022_-_pauta_ii_-_julgamento_de_contas_2020_-_jeferson.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/363/pauta_9a_sessao_ordinaria_2o_per_-_13-06-2022.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/364/pauta_10a_sessao_ordinaria_2o_per_-_27-06-2022_-_com_ldo.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/365/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/366/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/367/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/368/pauta_4a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_19-09-2022.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/369/pauta_5a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_10-10-2022.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/370/pauta_6a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_24-10-2022.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/371/pauta_7a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_07-11-2022.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/372/pauta_8a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_21-11-2022.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/373/pauta_9a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_05-12-2022_-_eleicao_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/401/roteiro_sessao_solene_-_concessoes_de_honrarias_-__28-11-2002.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/283/2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/36/pl_no._01-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/37/pl_no._02-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/38/pl_no._03-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/39/pl_no._04-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/228/camscanner_24-04-2024_09.32.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/229/camscanner_24-04-2024_09.32_1-3-4.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/40/pl_no._07-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/46/camscanner_26-04-2024_12.29_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/41/pl_no._09-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/42/pl_no._10-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/43/pl_no._11-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/44/pl_no._12-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_13-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/230/camscanner_24-04-2024_09.411.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_16-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/231/camscanner_24-04-2024_09.45.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_19-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_21-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/232/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/233/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/22/indicacao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_n_011-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/63/indicacao_n_012-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/64/indicacao_n_013-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/65/indicacao_n_014-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/144/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/145/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/146/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/84/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/85/indicacao_19-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_20-2022_ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_22-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/77/pl_no._02-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/78/pl_no._03-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/79/pl_no._04-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/47/pl_no._08-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/48/pl_no._09-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/49/pl_no._10-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/50/pl_no._11-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/51/pl_no._12-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/52/pl_no._14-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/53/pl_no._15-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/54/pl_no._16-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/55/pl_no._17-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_no_19-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/57/projeto_de_lei_no_20-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_22-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_de_lei_no_232022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/59/pl_no._26-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/60/pl_no._27-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/86/pl_no.28-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/87/pl_no._30-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/88/pl_no._31-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/89/projeto_de_lei_no_32-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/90/pl_no._33-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/91/pl_no._34-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/92/pl_no._35-2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_39-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_40-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no41-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_43-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/103/projeto_de_lei_49-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_51-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_53-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_de_lei_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_55-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_56-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_57-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_58-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_59-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_60-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_61-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_62-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_63-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_65-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_68-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_emenda_a_lei_organica_n_04-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_emenda_a_lei_organica_n_05-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/116/emenda_modificativa_no_01-2022_ao_pl_44.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/117/emenda_modificativa_no_02-2022_ao_pl_61.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/235/ano_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/243/extra_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/248/solenes_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/350/pauta_-_1a_sessao_ext._17.01.2022-_pelom_-_pauta_ii_-_i_turno.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/351/pauta_-_2a_sessao_ext._21.01.2022-_pelom_-_ii_turno.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/352/pauta_-_3a_sessao_ext._01.06.2022-_pl_15_e_19_e_27_do_executivo_-_pauta_ii.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/353/pauta_-_4a_sessao_ext._30.06.2022.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/354/pauta_-_5a_sessao_ext._08.12.2022.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/355/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/356/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/357/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/358/pauta_4a_sessao_ordinaria_2o_per_-_21-03-2022.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/359/pauta_5a_sessao_ordinaria_2o_per_-_04-04-2022.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/360/pauta_6a_sessao_ordinaria_2o_per_-_18-04-2022.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/361/pauta_7a_sessao_ordinaria_2o_per_-_02-05-2022.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/362/pauta_8a_sessao_ordinaria_2o_per_-16-05-2022_-_pauta_ii_-_julgamento_de_contas_2020_-_jeferson.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/363/pauta_9a_sessao_ordinaria_2o_per_-_13-06-2022.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/364/pauta_10a_sessao_ordinaria_2o_per_-_27-06-2022_-_com_ldo.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/365/pauta_1a_sessao_ordinaria_2o_per_-_10-02-2022.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/366/pauta_2a_sessao_ordinaria_2o_per_-_23-02-2022_-_pauta_i.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/367/pauta_3a_sessao_ordinaria_2o_per_-_07-03-2022.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/368/pauta_4a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_19-09-2022.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/369/pauta_5a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_10-10-2022.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/370/pauta_6a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_24-10-2022.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/371/pauta_7a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_07-11-2022.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/372/pauta_8a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_21-11-2022.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/373/pauta_9a_sessao_ordinaria_2o_semestre_do_2o_periodo_2022_-_05-12-2022_-_eleicao_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/401/roteiro_sessao_solene_-_concessoes_de_honrarias_-__28-11-2002.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2022/283/2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="129.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="167.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="166.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>