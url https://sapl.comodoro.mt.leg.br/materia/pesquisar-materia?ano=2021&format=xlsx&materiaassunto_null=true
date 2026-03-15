--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,693 +54,693 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Robervane Oliveira, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_de_lei_01-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_de_lei_01-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de utilidade pública a Associação dos Produtores de Leite da Região Oeste de Mato Grosso - APLO-MT.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/76/projeto_de_lei_02-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/76/projeto_de_lei_02-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a declaração de utilidade pública à "Associação Amigos dos Animais Comodoro - AAMA/MT".</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_03-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_03-2021.pdf</t>
   </si>
   <si>
     <t>“Institui, no âmbito do Município de Comodoro, o Programa Vereador Mirim - de Sensibilização e Politização da Juventude Comodorense sobre o Poder Legislativo, e dá outras providências".</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Robervane Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_04-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_04-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a suspensão do prazo de concursos públicos durante a vigência do estado de calamidade pública decorrente da pandemia do coronavírus (Covid-19)”</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_05-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_05-2021.pdf</t>
   </si>
   <si>
     <t>“Estabelece reforço da vacinação da população idosa do município de Comodoro – MT, que tenha recebido duas doses da vacina contra a covid-19 no primeiro semestre de 2021 com uma dose das vacinas contra a covid-19 Oxford-Astrazeneca ou Pfizer, no prazo que menciona e dá outras providências”</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/80/projeto_de_lei_06-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/80/projeto_de_lei_06-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de conceitos de empreendedorismo na Rede Municipal de Ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Paulo Bezerra, Robervane Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/81/projeto_de_lei_07-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/81/projeto_de_lei_07-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão do prazo dos concursos públicos já homologados pela Administração Municipal e suas autarquias, desde a data de publicação do Decreto Legislativo nº 6, de 20 de março de 2020, até o término da vedação do aumento de despesa com pessoal por força da Lei Complementar nº 173, de 27 de maio 2020.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/82/projeto_de_lei_08-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/82/projeto_de_lei_08-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a Contratação de Servidores Públicos, para atendimento à Câmara Municipal de Comodoro, face a  necessidade temporária e excepcional interesse e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei_09-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei_09-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de décimo terceiro salário aos Vereadores  da Câmara Municipal de Comodoro e dá outras providências.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Alan Viotto</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_010-2021_-_pratica_de_som_automotivo_-_alan.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_010-2021_-_pratica_de_som_automotivo_-_alan.pdf</t>
   </si>
   <si>
     <t>“Define, em caráter precário, área destinada à prática de som automotivo, fixa regras básicas e dá outras providências".</t>
   </si>
   <si>
     <t>PROPO</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gauchinho da Areia, Gleyce, Malagão, Ronaldo da Macuco, Wender Bier, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao-001-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao-001-2021.pdf</t>
   </si>
   <si>
     <t>"Indica do Chefe do Poder Executivo Municipal, recuperação das vias pavimentadas da cidade de Comodoro, com urgência."</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021.pdf</t>
   </si>
   <si>
     <t>Indica do Chefe do Poder Executivo Municipal, providências emergenciais quanto a substituição de lâmpadas queimadas em toda extensão de rede de iluminação da Avenida Prefeito Valdir Masutti.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao-003-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao-003-2021.pdf</t>
   </si>
   <si>
     <t>"Indica do Chefe do Poder Executivo Municipal, providências quanto a elaboração de Projeto de Lei para implantação do Programa "Patrulha Adentro Mecanizada" vinculado à Secretaria Municipal de Desenvolvimento Rural e Meio Ambiente."</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao-004-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao-004-2021.pdf</t>
   </si>
   <si>
     <t>"Indica do Chefe do Poder Executivo Municipal, implantação do PROPAP no âmbito do Município de Comodoro/MT, bem como providências quanto a composição de CONSELHO GESTOR do F-PAP, criados pelas Leis 1.590 e 1.591/15, de 16/06/2015.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao-005-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao-005-2021.pdf</t>
   </si>
   <si>
     <t>Indica do Chefe do Poder Executivo Municipal, providências quanto a recuperação da máquina retroescavadeira do PAC2, que se encontra parada por falta de manutenção.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao-006-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao-006-2021.pdf</t>
   </si>
   <si>
     <t>Indica do Chefe do Poder Executivo Municipal, contratação de um Médico Veterinário para atender a necessidade da Secretaria Municipal de Desenvolvimento Rural.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao-007-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao-007-2021.pdf</t>
   </si>
   <si>
     <t>Indica do Chefe do Poder Executivo Municipal, providências quanto a criação de um Programa de Atendimento Odontológico direcionado as crianças e mulheres.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021.pdf</t>
   </si>
   <si>
     <t>Indica do Chefe do Poder Executivo Municipal, providências quanto a elaboração de Projeto de Lei para criação do Fundo Municipal de Desenvolvimento Rural Sustentável de Comodoro/MT - FMDRS.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021.pdf</t>
   </si>
   <si>
     <t>Indica do Chefe do Poder Executivo Municipal, providências junto aos órgãos competentes quanto a  construção de uma escola na Aldeia Enawenê Nawê, neste município.</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao-010-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao-010-2021.pdf</t>
   </si>
   <si>
     <t>"Indica do Chefe do Poder Executivo Municipal, a designação de servidores para atender as necessidades do Programa do Horto Municipal, cujo Fundo já disponibiliza recursos financeiros para custear as atividades do mesmo.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Eliano Bridi</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao-011-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao-011-2021.pdf</t>
   </si>
   <si>
     <t>Indica do Chefe do Poder Executivo Municipal, providências emergenciais quanto a reforma e adequação da altura das passarelas do canteiro central da Avenida Prefeito Valdir Masutti, nesta cidade.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao-12-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao-12-2021.pdf</t>
   </si>
   <si>
     <t>"Indica do Chefe do Poder Executivo Municipal, providências  quanto a substituição dos bloquetes que foram arrancados pelas chuvas em frente à COEDUC."</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao-13-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao-13-2021.pdf</t>
   </si>
   <si>
     <t>"Indica do Chefe do Poder Executivo Municipal, aquisição de formas para fabricação de paralelepípedos para a construção de pavimentação asfáltica nas ruas do Bairro Cidade Verde, nesta cidade.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Bell, Gauchinho da Areia, Gleyce, Malagão, Paulo Bezerra, Ronaldo da Macuco</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao-14-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao-14-2021.pdf</t>
   </si>
   <si>
     <t>"Indica do Chefe do Poder Executivo Municipal, contratação de um Enfermeiro para atender na Unidade de Saúde do Distrito de Noroagro, neste Município.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_015-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_015-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, reforma na parte elétrica e aquisição de computadores e impressora a laser multifuncional, para a Escola Municipal Carlos Pompermayer, no Distrito de Noroagro.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_016-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_016-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, contratação de empresa especializada em elaboração de projeto básico e executivo para atender a necessidade da Secretaria Municipal de Planejamento e Orçamento.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Gleyce</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao-17-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao-17-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, criação de uma Lei Municipal que conceda o selo de origem artesanal "Selo Arte" aos munícipes de Comodoro/MT.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Paulo Bezerra, Ronaldo da Macuco</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao-18.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao-18.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, providências quanto à viabilização de um local para ser utilizado como Casa de Apoio na cidade de Pontes e Lacerda/MT.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao-19.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao-19.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, implantação do CAPS - Centro de Apoio Psicossocial no Município de Comodoro/MT.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao-20.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao-20.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a solicitação de subsidiar ajuda de custo do Poder Executivo Estadual para pagamento de internet para escolas do município de Comodoro/MT</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao-21.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao-21.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a criação de um centro de Triagem, Diagnóstico de Pacientes com a COVID-19.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao-22.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao-22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, destinação de parte do recurso para o enfrentamento da COVID-19 para aquisição de medicamentos para auxiliar no tratamento da doença.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao-23.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao-23.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, que 01 (uma) Unidade de Saúde permaneça funcionando em regime de plantão durante os finais de semana e feriados.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao-24-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao-24-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a instrução de processo administrativo visando a Estadualização da Estrada da Baiana nesta municipalidade.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Alan Viotto, Bell, Eliano Bridi, Malagão, Paulo Bezerra, Ronaldo da Macuco, Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao-252021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao-252021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a análise para confecção de Projeto de Lei referente à remuneração dos professores, servidores públicos municipais, empossados após a vigência da Lei Municipal nº 1.732/2017.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_26-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_26-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, a apreciação quanto à aplicabilidade factual da lei nº 13.722/2018 em nosso município.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Paulo Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_027-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_027-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a inserção da Associação dos Surdos de Comodoro (ASSUCDO) no rol elencado pelo art. 16 da Lei Municipal nº 1.902/2021.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_28-2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_28-2021.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe  do Poder Executivo Municipal a analise para verificação de eventuais sobras de recursos do Fundeb e sua possibilidade de destinação aos profissionais da educação básica.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
     <t>Presença dos Vereadores nas Sessões</t>
   </si>
   <si>
     <t>Câmara Municipal - CM</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/234/ano_2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/234/ano_2021.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES ORDINÁRIAS DE 2021</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/242/extra_2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/242/extra_2021.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES EXTRAORDINÁRIAS DE 2021</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/247/solenes_2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/247/solenes_2021.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES SOLENES DE 2021</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Pauta das Sessões</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/290/pauta_1a_sessao_ext._31.03.2021_-_pl_educacao_e_semder.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/290/pauta_1a_sessao_ext._31.03.2021_-_pl_educacao_e_semder.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO EXTRAORDINÁRIA, DO 1º PERÍODO LEGISLATIVO – ANO 2021</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/291/pauta_2a_sessao_ext._30.06.2021_-_pl_ldo_2o_turno_e_pl_aama.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/291/pauta_2a_sessao_ext._30.06.2021_-_pl_ldo_2o_turno_e_pl_aama.doc</t>
   </si>
   <si>
     <t>2ª (SEGUNDA) SESSÃO EXTRAORDINÁRIA, DO 1º PERÍODO LEGISLATIVO – ANO 2021</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/292/pauta_3a_sessao_ext._26.11.2021_-_pl.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/292/pauta_3a_sessao_ext._26.11.2021_-_pl.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO EXTRAORDINÁRIA, 1º PERÍODO LEGISLATIVO – ANO 2021</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/294/pauta_2a_sessao_1o_per_-25-02-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/294/pauta_2a_sessao_1o_per_-25-02-2021.doc</t>
   </si>
   <si>
     <t>A 2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/295/pauta_3a_sessao_1o_per_-08-03-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/295/pauta_3a_sessao_1o_per_-08-03-2021.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/296/pauta_4a_sessao_1o_per_-22-03-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/296/pauta_4a_sessao_1o_per_-22-03-2021.doc</t>
   </si>
   <si>
     <t>4ª (QUARTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/297/pauta_5a_sessao_1o_per_-12-04-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/297/pauta_5a_sessao_1o_per_-12-04-2021.doc</t>
   </si>
   <si>
     <t>5ª (QUINTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>6ª (SEXTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/306/pauta_7a_sessao_1o_per_-10-05-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/306/pauta_7a_sessao_1o_per_-10-05-2021.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>8ª (OITAVA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>9ª (NONA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/316/pauta_10a_sessao_1o_per_-21-06-2021_-_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/316/pauta_10a_sessao_1o_per_-21-06-2021_-_ii.doc</t>
   </si>
   <si>
     <t>10ª (DÉCIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/341/pauta_1a_sessao_2o_per_-02-08-2021_-_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/341/pauta_1a_sessao_2o_per_-02-08-2021_-_ii.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/342/pauta_2a_sessao_2o_per_-16-08-2021_-_tce.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/342/pauta_2a_sessao_2o_per_-16-08-2021_-_tce.doc</t>
   </si>
   <si>
     <t>A 2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/343/pauta_3a_sessao_2o_per_-13-09-2021_-_julg._tce.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/343/pauta_3a_sessao_2o_per_-13-09-2021_-_julg._tce.doc</t>
   </si>
   <si>
     <t>3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/344/pauta_4a_sessao_2o_per_-27-09-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/344/pauta_4a_sessao_2o_per_-27-09-2021.doc</t>
   </si>
   <si>
     <t>A 4ª (QUARTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/345/pauta_5a_sessao_2o_per_-01-10-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/345/pauta_5a_sessao_2o_per_-01-10-2021.doc</t>
   </si>
   <si>
     <t>A 5ª (QUINTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/346/pauta_6a_sessao_2o_per_-18-10-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/346/pauta_6a_sessao_2o_per_-18-10-2021.doc</t>
   </si>
   <si>
     <t>6ª (SEXTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/347/pauta_7a_sessao_2o_per_-08-11-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/347/pauta_7a_sessao_2o_per_-08-11-2021.doc</t>
   </si>
   <si>
     <t>7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/348/pauta_8a_sessao_2o_per_-22-11-2021.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/348/pauta_8a_sessao_2o_per_-22-11-2021.doc</t>
   </si>
   <si>
     <t>8ª (OITAVA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/349/pauta_9a_sessao_2o_per_-13-12-2021_-_ii.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/349/pauta_9a_sessao_2o_per_-13-12-2021_-_ii.doc</t>
   </si>
   <si>
     <t>9ª (NONA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/400/roteiro_sessao_solene_-_concessoes_de_honrarias_-__06-12-2021_-_1.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/400/roteiro_sessao_solene_-_concessoes_de_honrarias_-__06-12-2021_-_1.doc</t>
   </si>
   <si>
     <t>1ª (PRIMEIRA) SESSÃO SOLENE, 2º SEMESTRE DO – 1º PERÍODO LEGISLATIVO ANO DE 2021</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Lista de Votação Nominal</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/282/2021.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/282/2021.pdf</t>
   </si>
   <si>
     <t>LISTA DE VOTAÇÃO NOMINAL - JULGAMENTO DAS CONTAS ANUAIS DE GOVERNO DE 2019 - PREFEITO JEFERSON FERREIRA GOMES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1047,68 +1047,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_de_lei_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/76/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/80/projeto_de_lei_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/81/projeto_de_lei_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/82/projeto_de_lei_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei_09-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_010-2021_-_pratica_de_som_automotivo_-_alan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao-001-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao-003-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao-004-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao-005-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao-006-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao-007-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao-010-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao-011-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao-12-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao-13-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao-14-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao-17-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao-18.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao-19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao-20.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao-21.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao-22.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao-23.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao-24-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao-252021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_26-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_027-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/234/ano_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/242/extra_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/247/solenes_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/290/pauta_1a_sessao_ext._31.03.2021_-_pl_educacao_e_semder.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/291/pauta_2a_sessao_ext._30.06.2021_-_pl_ldo_2o_turno_e_pl_aama.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/292/pauta_3a_sessao_ext._26.11.2021_-_pl.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/294/pauta_2a_sessao_1o_per_-25-02-2021.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/295/pauta_3a_sessao_1o_per_-08-03-2021.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/296/pauta_4a_sessao_1o_per_-22-03-2021.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/297/pauta_5a_sessao_1o_per_-12-04-2021.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/306/pauta_7a_sessao_1o_per_-10-05-2021.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/316/pauta_10a_sessao_1o_per_-21-06-2021_-_ii.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/341/pauta_1a_sessao_2o_per_-02-08-2021_-_ii.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/342/pauta_2a_sessao_2o_per_-16-08-2021_-_tce.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/343/pauta_3a_sessao_2o_per_-13-09-2021_-_julg._tce.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/344/pauta_4a_sessao_2o_per_-27-09-2021.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/345/pauta_5a_sessao_2o_per_-01-10-2021.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/346/pauta_6a_sessao_2o_per_-18-10-2021.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/347/pauta_7a_sessao_2o_per_-08-11-2021.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/348/pauta_8a_sessao_2o_per_-22-11-2021.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/349/pauta_9a_sessao_2o_per_-13-12-2021_-_ii.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/400/roteiro_sessao_solene_-_concessoes_de_honrarias_-__06-12-2021_-_1.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/282/2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_de_lei_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/76/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/80/projeto_de_lei_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/81/projeto_de_lei_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/82/projeto_de_lei_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei_09-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_010-2021_-_pratica_de_som_automotivo_-_alan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/1/indicacao-001-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao-003-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao-004-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/5/indicacao-005-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao-006-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao-007-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao-010-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/11/indicacao-011-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao-12-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao-13-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao-14-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/16/indicacao-17-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao-18.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao-19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao-20.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao-21.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao-22.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/26/indicacao-23.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/27/indicacao-24-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao-252021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_no_26-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_027-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/234/ano_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/242/extra_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/247/solenes_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/290/pauta_1a_sessao_ext._31.03.2021_-_pl_educacao_e_semder.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/291/pauta_2a_sessao_ext._30.06.2021_-_pl_ldo_2o_turno_e_pl_aama.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/292/pauta_3a_sessao_ext._26.11.2021_-_pl.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/294/pauta_2a_sessao_1o_per_-25-02-2021.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/295/pauta_3a_sessao_1o_per_-08-03-2021.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/296/pauta_4a_sessao_1o_per_-22-03-2021.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/297/pauta_5a_sessao_1o_per_-12-04-2021.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/306/pauta_7a_sessao_1o_per_-10-05-2021.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/316/pauta_10a_sessao_1o_per_-21-06-2021_-_ii.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/341/pauta_1a_sessao_2o_per_-02-08-2021_-_ii.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/342/pauta_2a_sessao_2o_per_-16-08-2021_-_tce.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/343/pauta_3a_sessao_2o_per_-13-09-2021_-_julg._tce.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/344/pauta_4a_sessao_2o_per_-27-09-2021.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/345/pauta_5a_sessao_2o_per_-01-10-2021.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/346/pauta_6a_sessao_2o_per_-18-10-2021.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/347/pauta_7a_sessao_2o_per_-08-11-2021.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/348/pauta_8a_sessao_2o_per_-22-11-2021.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/349/pauta_9a_sessao_2o_per_-13-12-2021_-_ii.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/400/roteiro_sessao_solene_-_concessoes_de_honrarias_-__06-12-2021_-_1.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2021/282/2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="129.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="139" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="138.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>