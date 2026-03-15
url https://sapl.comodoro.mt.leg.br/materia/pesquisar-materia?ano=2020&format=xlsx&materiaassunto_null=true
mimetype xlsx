--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,673 +54,673 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Legislativo</t>
   </si>
   <si>
     <t>Tamborete</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/66/projeto-de-lei-01-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/66/projeto-de-lei-01-2020.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual aos Servidores Efetivos e Comissionados do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/67/projeto-de-lei-02-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/67/projeto-de-lei-02-2020.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática da atividade física e do exercício físico como essenciais para a população do município de Comodoro em estabelecimentos prestadores de serviços destinados a essa finalidade, bem como em espaços públicos em tempos de crises ocasionadas por moléstias contagiosas ou catástrofes naturais, e dá outras providências.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Câmara Municipal - CM</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/</t>
   </si>
   <si>
     <t>“Fixa o subsídio dos vereadores da Câmara Municipal de Comodoro, Estado do Mato Grosso, a vigorar a partir da próxima legislatura (2021), e dá outras providências.”</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Tamborete, Wender Bier</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/68/projeto-de-lei-04-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/68/projeto-de-lei-04-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de brinquedos adaptados para crianças com deficiência em locais públicos e privados de lazer.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Cidinha</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/69/projeto-de-lei-05-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/69/projeto-de-lei-05-2020.pdf</t>
   </si>
   <si>
     <t>Reconhece, no âmbito do Município de Comodoro, a visão monocular como deficiência visual.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/70/projeto-de-lei-06-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/70/projeto-de-lei-06-2020.pdf</t>
   </si>
   <si>
     <t>Extingue o cargo de Assessor Contábil da Câmara de Vereadores de Comodoro, ante a sua desnecessidade, e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PROPO</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zacarias</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_no_001-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_no_001-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, recuperação da Praça “Leandro Rossi”, localizada no Bairro São Francisco de Assis, Comodoro/MT.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_no_002-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_no_002-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, obra de cobertura do espaço aberto entre as salas de aula da Escola Municipal “Profª Helena Matiuzzo Felix”, através de estudo técnico especializado e elaboração de projeto de engenharia que aproveite a estrutura já existente, mas caso não seja possível, indique outra forma de fazer a obra no mesmo local e sem comprometer essa estrutura.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_no_003-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_no_003-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, providências quanto a remoção das dos galhos e tronco das árvores secas da Praça “Prefeito Valdir Masutti”, Bairro Cidade Verde, nesta cidade, bem como reposição da arborização com plantio de novas mudas de árvores adequadas ao local.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_no_004-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_no_004-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, providências quanto a recuperação da estrada que dá acesso ao Cemitério da sede do Distrito de Colônia dos Mineiros, neste município.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_no_05-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_no_05-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, limpeza da Praça “Leandro Rossi”, localizada no Bairro São Francisco de Assis, Comodoro/MT, pelo menos uma vez por mês.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_no_06-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_no_06-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, recuperação das estradas vicinais do P. A. Macuco, neste município.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_no_07-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_no_07-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, limpeza do matagal e remoção do lixo acumulado no terreno baldio que fica localizado no final da Rua Valter de Campos Brandão (lado esquerdo, sentido Nova Alvorada) próximo das instalações da “Guarda Mirim”, no Bairro Cidade Verde.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_no_08-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_no_08-2020.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal a concessão de revisão geral anual aos servidores públicos municipais efetivos, em consonância com a previsão constitucional.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_no_09-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_no_09-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, recuperação das ruas e avenidas do Bairro Cidade Verde, nesta cidade, com a maior urgência possível.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_no_10-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_no_10-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, aquisição de uma caixa d‘água (conforme fotos em anexo), para substituir a que está instalada há 35 anos no poço artesiano da sede do Distrito de Patronal e encontra-se bem danificada, oferecendo riscos aos moradores.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_no_11-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_no_11-2020.pdf</t>
   </si>
   <si>
     <t>Indica a Chefe do Poder Executivo Municipal, REPAROS NA ILUMINAÇÃO DA PRAÇA DOS PIONEIROS COM URGÊNCIA.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_no_12-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_no_12-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, REFORMA GERAL DA PRAÇA DOS PIONEIROS, centro da cidade de Comodoro.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/142/indicacao_no_13-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/142/indicacao_no_13-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, reforma/construção da calçada em frente ao Centro de Reabilitação Municipal até o Sindicato dos Trabalhadores Rurais, no cruzamento das vias “Minas Gerais” e “Dos Ipês”.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei - Poder Executivo</t>
   </si>
   <si>
     <t>Prefeitura - PR</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_no_021-2020_-_denominar_paco_municipal.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_no_021-2020_-_denominar_paco_municipal.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a denominar o Paço Municipal, localizado na Rua das Acácias, esquina com a Rua Goiás, ficando nomeado como_x000D_
 "Neli Spader".</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>"Altera a parte final do art. 2°, da Lei n. 1.610/2015, que dispõe sobre os incentivos fiscais concedidos à Amaggi Exportação e Importação Ltda, referente à unidade industrial situada no Distrito Agroindustrial de Comodoro, prorrogando sua vigência até 31 de dezembro de 2021, nos moldes da Lei n° 1.595, de 22 de junho 2015."</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_023-2020_-_planta_generica_-_iptu.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_023-2020_-_planta_generica_-_iptu.pdf</t>
   </si>
   <si>
     <t>"Estabelece a Planta Genérica de valores para a cobrança do imposto predial e territorial urbano - IPTU e da outras providências."</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>LP</t>
   </si>
   <si>
     <t>Presença dos Vereadores nas Sessões</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/239/ano_2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/239/ano_2020.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES ORDINÁRIAS DE 2020</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/241/extra_2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/241/extra_2020.pdf</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA DOS VEREADORES NAS SESSÕES EXTRAORDINÁRIAS DE 2020</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/254/pauta_5a_sessao_4o_per_-09-04-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/254/pauta_5a_sessao_4o_per_-09-04-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 5ª (QUINTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Pauta das Sessões</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/250/pauta_1a_sessao_4o_per_-03-02-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/250/pauta_1a_sessao_4o_per_-03-02-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/251/pauta_2a_sessao_4o_per_-17-02-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/251/pauta_2a_sessao_4o_per_-17-02-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/252/pauta_3a_sessao_4o_per_-02-03-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/252/pauta_3a_sessao_4o_per_-02-03-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/253/pauta_4a_sessao_4o_per_-23-03-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/253/pauta_4a_sessao_4o_per_-23-03-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 4ª (QUARTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/255/pauta_5a_sessao_4o_per_-09-04-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/255/pauta_5a_sessao_4o_per_-09-04-2020.doc</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/256/pauta_6a_sessao_4o_per_-27-04-2020_-_julgamento_de_contas_2018.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/256/pauta_6a_sessao_4o_per_-27-04-2020_-_julgamento_de_contas_2018.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 6ª (SEXTA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>PAUTA PARA A 7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/258/pauta_8a_sessao_4o_per_-_18-05-2020_-__proc_empresa_fantasma_-_jeferson.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/258/pauta_8a_sessao_4o_per_-_18-05-2020_-__proc_empresa_fantasma_-_jeferson.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 8ª (OITAVA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/259/pauta_9a_sessao_4o_per_-_01-06-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/259/pauta_9a_sessao_4o_per_-_01-06-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 9ª (NONA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/260/pauta_10a_sessao_4o_per_-_15-06-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/260/pauta_10a_sessao_4o_per_-_15-06-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 10ª (DÉCIMA) SESSÃO ORDINÁRIA, DO 1º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/261/pauta_1a_sessao_4o_per_-_2o_semestre_-_10-08-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/261/pauta_1a_sessao_4o_per_-_2o_semestre_-_10-08-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 1ª (PRIMEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/262/pauta_2a_sessao_4o_per_-_2o_semestre_-_24-08-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/262/pauta_2a_sessao_4o_per_-_2o_semestre_-_24-08-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 2ª (SEGUNDA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/263/pauta_3a_sessao_4o_per_-_2o_semestre_-_14-09-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/263/pauta_3a_sessao_4o_per_-_2o_semestre_-_14-09-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 3ª (TERCEIRA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/264/pauta_4a_sessao_4o_per_-_2o_semestre_-_28-09-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/264/pauta_4a_sessao_4o_per_-_2o_semestre_-_28-09-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 4ª (QUARTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/265/pauta_5a_sessao_4o_per_-_2o_semestre_-_05-10-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/265/pauta_5a_sessao_4o_per_-_2o_semestre_-_05-10-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 5ª (QUINTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/266/pauta_6a_sessao_4o_per_-_2o_semestre_-_19-10-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/266/pauta_6a_sessao_4o_per_-_2o_semestre_-_19-10-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 6ª (SEXTA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/267/pauta_7a_sessao_4o_per_-_2o_semestre_-_09-11-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/267/pauta_7a_sessao_4o_per_-_2o_semestre_-_09-11-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 7ª (SÉTIMA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/268/pauta_8a_sessao_4o_per_-_2o_semestre_-_23-11-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/268/pauta_8a_sessao_4o_per_-_2o_semestre_-_23-11-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 8ª (OITAVA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/269/pauta_9a_sessao_4o_per_-_2o_semestre_-_07-12-2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/269/pauta_9a_sessao_4o_per_-_2o_semestre_-_07-12-2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 9ª (NONA) SESSÃO ORDINÁRIA, DO 2º SEMESTRE DO – 4º PERÍODO LEGISLATIVO ANO DE 2020</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/270/pauta_1a_sessao_ext._11.03.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/270/pauta_1a_sessao_ext._11.03.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 1ª (PRIMEIRA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/271/pauta_2a_sessao_ext._19.03.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/271/pauta_2a_sessao_ext._19.03.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 2ª (SEGUNDA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/272/pauta_3a_sessao_ext._02.04.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/272/pauta_3a_sessao_ext._02.04.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 3ª (TERCEIRA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/273/pauta_4a_sessao_ext._.22.04.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/273/pauta_4a_sessao_ext._.22.04.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 4ª (QUARTA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/274/pauta_5a_sessao_ext._.30-04.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/274/pauta_5a_sessao_ext._.30-04.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 5ª (QUINTA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/275/pauta_6a_sessao_ext._22-05.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/275/pauta_6a_sessao_ext._22-05.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 6ª (SEXTA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/276/pauta_7a_sessao_ext._24-06.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/276/pauta_7a_sessao_ext._24-06.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 7ª (SÉTIMA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/277/pauta_8a_sessao_ext._26-06.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/277/pauta_8a_sessao_ext._26-06.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 8ª (OITAVA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/278/pauta_9a_sessao_ext._30-06.2020.doc</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/278/pauta_9a_sessao_ext._30-06.2020.doc</t>
   </si>
   <si>
     <t>PAUTA PARA A 9ª (NONA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>PAUTA PARA A 10ª (DÉCIMA) SESSÃO EXTRAORDINÁRIA, DO 4º PERÍODO LEGISLATIVO – ANO 2020</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Lista de Votação Nominal</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/280/04-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/280/04-2020.pdf</t>
   </si>
   <si>
     <t>LISTA DE VOTAÇÃO NOMINAL - JULGAMENTO DAS CONTAS ANUAIS DE GOVERNO DE 2018 - PREFEITO JEFERSON FERREIRA GOMES.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/281/12-2020.pdf</t>
+    <t>http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/281/12-2020.pdf</t>
   </si>
   <si>
     <t>LISTA DE VOTAÇÃO NOMINAL - JULGAMENTO DAS CONTAS ANUAIS DE GOVERNO DE 2016 - PREFEITA MARLISE MARQUES MORAES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1027,68 +1027,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/66/projeto-de-lei-01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/67/projeto-de-lei-02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/68/projeto-de-lei-04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/69/projeto-de-lei-05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/70/projeto-de-lei-06-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/142/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_no_021-2020_-_denominar_paco_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_023-2020_-_planta_generica_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/239/ano_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/241/extra_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/254/pauta_5a_sessao_4o_per_-09-04-2020.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/250/pauta_1a_sessao_4o_per_-03-02-2020.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/251/pauta_2a_sessao_4o_per_-17-02-2020.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/252/pauta_3a_sessao_4o_per_-02-03-2020.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/253/pauta_4a_sessao_4o_per_-23-03-2020.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/255/pauta_5a_sessao_4o_per_-09-04-2020.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/256/pauta_6a_sessao_4o_per_-27-04-2020_-_julgamento_de_contas_2018.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/258/pauta_8a_sessao_4o_per_-_18-05-2020_-__proc_empresa_fantasma_-_jeferson.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/259/pauta_9a_sessao_4o_per_-_01-06-2020.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/260/pauta_10a_sessao_4o_per_-_15-06-2020.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/261/pauta_1a_sessao_4o_per_-_2o_semestre_-_10-08-2020.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/262/pauta_2a_sessao_4o_per_-_2o_semestre_-_24-08-2020.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/263/pauta_3a_sessao_4o_per_-_2o_semestre_-_14-09-2020.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/264/pauta_4a_sessao_4o_per_-_2o_semestre_-_28-09-2020.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/265/pauta_5a_sessao_4o_per_-_2o_semestre_-_05-10-2020.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/266/pauta_6a_sessao_4o_per_-_2o_semestre_-_19-10-2020.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/267/pauta_7a_sessao_4o_per_-_2o_semestre_-_09-11-2020.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/268/pauta_8a_sessao_4o_per_-_2o_semestre_-_23-11-2020.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/269/pauta_9a_sessao_4o_per_-_2o_semestre_-_07-12-2020.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/270/pauta_1a_sessao_ext._11.03.2020.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/271/pauta_2a_sessao_ext._19.03.2020.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/272/pauta_3a_sessao_ext._02.04.2020.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/273/pauta_4a_sessao_ext._.22.04.2020.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/274/pauta_5a_sessao_ext._.30-04.2020.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/275/pauta_6a_sessao_ext._22-05.2020.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/276/pauta_7a_sessao_ext._24-06.2020.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/277/pauta_8a_sessao_ext._26-06.2020.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/278/pauta_9a_sessao_ext._30-06.2020.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/280/04-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/281/12-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/66/projeto-de-lei-01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/67/projeto-de-lei-02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/68/projeto-de-lei-04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/69/projeto-de-lei-05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/70/projeto-de-lei-06-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_no_06-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/142/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/227/projeto_de_lei_no_021-2020_-_denominar_paco_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/225/projeto_de_lei_no_023-2020_-_planta_generica_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/239/ano_2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/241/extra_2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/254/pauta_5a_sessao_4o_per_-09-04-2020.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/250/pauta_1a_sessao_4o_per_-03-02-2020.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/251/pauta_2a_sessao_4o_per_-17-02-2020.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/252/pauta_3a_sessao_4o_per_-02-03-2020.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/253/pauta_4a_sessao_4o_per_-23-03-2020.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/255/pauta_5a_sessao_4o_per_-09-04-2020.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/256/pauta_6a_sessao_4o_per_-27-04-2020_-_julgamento_de_contas_2018.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/258/pauta_8a_sessao_4o_per_-_18-05-2020_-__proc_empresa_fantasma_-_jeferson.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/259/pauta_9a_sessao_4o_per_-_01-06-2020.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/260/pauta_10a_sessao_4o_per_-_15-06-2020.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/261/pauta_1a_sessao_4o_per_-_2o_semestre_-_10-08-2020.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/262/pauta_2a_sessao_4o_per_-_2o_semestre_-_24-08-2020.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/263/pauta_3a_sessao_4o_per_-_2o_semestre_-_14-09-2020.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/264/pauta_4a_sessao_4o_per_-_2o_semestre_-_28-09-2020.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/265/pauta_5a_sessao_4o_per_-_2o_semestre_-_05-10-2020.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/266/pauta_6a_sessao_4o_per_-_2o_semestre_-_19-10-2020.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/267/pauta_7a_sessao_4o_per_-_2o_semestre_-_09-11-2020.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/268/pauta_8a_sessao_4o_per_-_2o_semestre_-_23-11-2020.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/269/pauta_9a_sessao_4o_per_-_2o_semestre_-_07-12-2020.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/270/pauta_1a_sessao_ext._11.03.2020.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/271/pauta_2a_sessao_ext._19.03.2020.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/272/pauta_3a_sessao_ext._02.04.2020.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/273/pauta_4a_sessao_ext._.22.04.2020.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/274/pauta_5a_sessao_ext._.30-04.2020.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/275/pauta_6a_sessao_ext._22-05.2020.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/276/pauta_7a_sessao_ext._24-06.2020.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/277/pauta_8a_sessao_ext._26-06.2020.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/278/pauta_9a_sessao_ext._30-06.2020.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/280/04-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.comodoro.mt.leg.br/media/sapl/public/materialegislativa/2020/281/12-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="145.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>