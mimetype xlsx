--- v0 (2025-10-05)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="140">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -367,50 +367,113 @@
     <t>1163</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (PERECÍVEIS/NÃO PERECÍVEIS) A FIM DE ATENDER ÀS NECESSIDADES DA CÂMARA MUNICIPAL DE COMODORO-MT.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA O FORNECIMENTO DE MATERIAIS DE EXPEDIENTE (MATERIAIS DE PAPELARIA EM GERAL) PARA A CÂMARA MUNICIPAL DE COMODORO/MT.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA O FORNECIMENTO DE MATERIAIS DE COPA, COZINHA, HIGIENE E LIMPEZA, PARA ATENDER AS NECESSIDADES DA CÂMARA MUNICIPAL DE COMODORO/MT.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS TÉCNICOS DE ASSESSORIA E CONSULTORIA VISANDO O CORRETO ENVIO DOS EVENTOS DE SAÚDE E SEGURANÇA DO TRABALHO (SST) NO ÂMBITO DO ESOCIAL, CONTEMPLANDO OS EVENTOS S-2210 (COMUNICAÇÃO DE ACIDENTE DE TRABALHO), S-2220 (MONITORAMENTO DA SAÚDE DO TRABALHADOR) E S-2240 (CONDIÇÕES AMBIENTAIS DO TRABALHO - FATORES DE RISCO), EM CONFORMIDADE COM A LEGISLAÇÃO VIGENTE APLICÁVEL AO SETOR PÚBLICO, ATENDENDO ÀS OBRIGAÇÕES LEGAIS DA CÂMARA MUNICIPAL DE COMODORO - MT.</t>
   </si>
   <si>
     <t>1245</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO PARA A AQUISIÇÃO DE MOBILIÁRIOS, COMO MESAS E ARMÁRIOS PARA ESCRITÓRIO , A FIM DE ATENDER AS NECESSIDADES DA CÂMARA MUNICIPAL DE COMODORO/MT.</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DE OBRAS DE REFORMA E AMPLIAÇÃO DA CÂMARA MUNICIPAL DE COMODORO-MT.</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>DISPENSA DE LICITAÇÃO PARA A CONTRATAÇÃO DE PESSOA JURÍDICA PRESTADORA DE SERVIÇO DE SEGURO TOTAL PARA OS VEÍCULOS QUE COMPÕEM A FROTA DA CÂMARA MUNICIPAL DE COMODORO-MT.</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO COM REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE INFORMÁTICA, SERVIDOR, APARELHOS DE AR-CONDICIONADO E DRONE DESTINADO A ATENDER AS NECESSIDADES DA CÂMARA MUNICIPAL DE COMODORO-MT.</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -702,51 +765,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F48"/>
+  <dimension ref="A1:F61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1673,50 +1736,310 @@
       <c r="E47" t="s">
         <v>10</v>
       </c>
       <c r="F47" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>118</v>
       </c>
       <c r="B48" t="s">
         <v>104</v>
       </c>
       <c r="C48" t="s">
         <v>31</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48" t="s">
         <v>10</v>
       </c>
       <c r="F48" t="s">
         <v>115</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>119</v>
+      </c>
+      <c r="B49" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" t="s">
+        <v>34</v>
+      </c>
+      <c r="D49" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>121</v>
+      </c>
+      <c r="B50" t="s">
+        <v>104</v>
+      </c>
+      <c r="C50" t="s">
+        <v>84</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>123</v>
+      </c>
+      <c r="B51" t="s">
+        <v>104</v>
+      </c>
+      <c r="C51" t="s">
+        <v>87</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>125</v>
+      </c>
+      <c r="B52" t="s">
+        <v>104</v>
+      </c>
+      <c r="C52" t="s">
+        <v>90</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>126</v>
+      </c>
+      <c r="B53" t="s">
+        <v>104</v>
+      </c>
+      <c r="C53" t="s">
+        <v>93</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>128</v>
+      </c>
+      <c r="B54" t="s">
+        <v>104</v>
+      </c>
+      <c r="C54" t="s">
+        <v>96</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" t="s">
+        <v>104</v>
+      </c>
+      <c r="C55" t="s">
+        <v>98</v>
+      </c>
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" t="s">
+        <v>10</v>
+      </c>
+      <c r="F55" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" t="s">
+        <v>104</v>
+      </c>
+      <c r="C56" t="s">
+        <v>100</v>
+      </c>
+      <c r="D56" t="s">
+        <v>9</v>
+      </c>
+      <c r="E56" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>131</v>
+      </c>
+      <c r="B57" t="s">
+        <v>104</v>
+      </c>
+      <c r="C57" t="s">
+        <v>102</v>
+      </c>
+      <c r="D57" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>132</v>
+      </c>
+      <c r="B58" t="s">
+        <v>104</v>
+      </c>
+      <c r="C58" t="s">
+        <v>133</v>
+      </c>
+      <c r="D58" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" t="s">
+        <v>10</v>
+      </c>
+      <c r="F58" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" t="s">
+        <v>134</v>
+      </c>
+      <c r="B59" t="s">
+        <v>104</v>
+      </c>
+      <c r="C59" t="s">
+        <v>135</v>
+      </c>
+      <c r="D59" t="s">
+        <v>9</v>
+      </c>
+      <c r="E59" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" t="s">
+        <v>136</v>
+      </c>
+      <c r="B60" t="s">
+        <v>104</v>
+      </c>
+      <c r="C60" t="s">
+        <v>137</v>
+      </c>
+      <c r="D60" t="s">
+        <v>9</v>
+      </c>
+      <c r="E60" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>138</v>
+      </c>
+      <c r="B61" t="s">
+        <v>104</v>
+      </c>
+      <c r="C61" t="s">
+        <v>139</v>
+      </c>
+      <c r="D61" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" t="s">
+        <v>10</v>
+      </c>
+      <c r="F61" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>