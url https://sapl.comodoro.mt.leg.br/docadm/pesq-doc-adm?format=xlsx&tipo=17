--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="20">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
@@ -64,50 +64,56 @@
     <t>PE</t>
   </si>
   <si>
     <t>Pregão Eletrônico</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VEÍCULO TIPO PICK-UPS; MODELO CABINE DUPLA, CAMINHONETE DE CARROCERIA ABERTA, VEÍCULO NOVO, ZERO KM, ANO DE FABRICAÇÃO DO ANO CORRENTE OU SUPERIOR, COMBUSTIVEL DIESEL, TRAÇÃO 4X4, PARA ATENDER AS NECESSIDADES DO PODER LEGISLATIVO MUNICIPAL DE COMODORO-MT.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATENDER AS NECESSIDADES DO PODER LEGISLATIVO MUNICIPAL DE COMODORO-MT.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO COM REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (PERECÍVEIS/NÃO PERECÍVEIS) A FIM DE ATENDER ÀS NECESSIDADES DA CÂMARA MUNICIPAL DE COMODORO-MT.</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO COM REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE INFORMÁTICA, SERVIDOR, APARELHOS DE AR-CONDICIONADO E DRONE DESTINADO A ATENDER AS NECESSIDADES DA CÂMARA MUNICIPAL DE COMODORO-MT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -399,51 +405,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F4"/>
+  <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -490,50 +496,70 @@
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>