--- v0 (2025-10-05)
+++ v1 (2025-12-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5598" uniqueCount="1609">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5688" uniqueCount="1638">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -4854,50 +4854,145 @@
     <t>Art. 1º. Nomear TAINARA OLIVEIRA RONCATTO RONSONI para o cargo de ASSESSOR PARLAMENTAR desta Casa Legislativa.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>Art. 1º. APROVAR, no âmbito da Câmara Municipal de Comodoro/MT, Instrução Normativa SFI - n.º 002/2025, datada de 06/05/2025.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Art. 1º. DESIGNAR a servidora GEISIANE RODRIGUES DEIFELD, Assessora Parlamentar, para assumir cumulativamente com a função que já desempenha, a atuação como Fiscal da Ata de Registro de Preços n.º 01/2025, firmada no âmbito da Câmara Municipal de Comodoro.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>Art. 1º. APROVAR, no âmbito da Câmara Municipal de Comodoro/MT, instrução normativa SFI - n.º 002/2025, datada de 09/05/2025.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>Designa encarregado para atuar como canal de comunicação no âmbito do Poder Legislativo de Comodoro, nos termos da Lei Federal nº 13.709, de 14 de agosto de 2018.</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder FÉRIAS ao servidor FABIANO FELIPE DA COSTA, lotado no cargo de Agente Legislativo de Transporte Cat. “AC” desta Casa Legislativa."</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Exonerar GEISIANE RODRIGUES DEIFELD, do cargo comissionado de Assessor Parlamentar desta Câmara Municipal de Vereadores, mediante pedido, a partir de 01/07/2025."</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>"Art. 1º. DESIGNAR a servidora comissionada TAINARA OLIVEIRA RONCATTO RONSONI, Assessora Parlamentar, para assumir cumulativamente com a função que já desempenha, o controle de liquidação de empenhos e ordens de pagamento do Setor Contábil, bem como a função de Fiscal de Contrato, a partir desta data."</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>"Art. 1º DESIGNAR a servidora TAINARA OLIVEIRA RONCATTO RONSONI, Assessora Parlamentar, para assumir cumulativamente com a função que já desempenha, a atuação como Fiscal da Ata de Registro de Preços nº 01/2025, firmada no âmbito da Câmara Municipal de Comodoro."</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Definir o CALENDÁRIO DAS SESSÕES ORDINÁRIAS da Câmara Municipal de Comodoro, Estado de Mato Grosso, para o 2º Semestre do 1 º Período Legislativo (Ano 2025) da Gestão 2025 /2026."</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder FÉRIAS à servidora ADRIANA GUIMARÃES ROSA, lotada no cargo de Secretária Legislativa desta Casa_x000D_
+Legislativa, no período de 04/08/2025 a 03/09/2025 , referente ao período aquisitivo de 05/01/2024 a 05/01 /2025."</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>"Art. 2º. Conceder FÉRIAS à servidora ADRIANA GUIMARÃES ROSA, lotada no cargo de Secretária Legislativa desta Casa_x000D_
+Legislativa, no período de 04/08/2025 a 02/09/2025 , referente ao período aquisitivo de 05/01/2024 a 04/01/2025."</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder 10 ( dez) dias de gozo de férias à servidora ARIANE STEICA RODRIGUES PERES, Procuradora Jurídica_x000D_
+Legislativa desta Casa de Leis, referente ao lapso remanescente atinente ao período aquisitivo de 10/12/2022 a 09/12/2023, a ser fruído de 24 de setembro de 2025 a 03 de outubro de 2025."</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder PROGRESSÃO VERTICAL à servidora ADRIANA GUIMARÃES ROSA, por ter cumprido as exigências_x000D_
+legais, passando para o NÍVEL 09, constante do anexo II da Lei Municipal nº 1.257/2010 de 29/06/2010 (e suas alterações)."</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder 10 ( dez) dias de gozo de férias à servidora ROSELAINE BELUSSI, Contadora desta Casa de Leis,_x000D_
+referente ao lapso remanescente atinente ao período aquisitivo de 19/01/2023 a 18/01/2024, a ser fruído de 08 a 17 de setembro de 2025."</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder ADICIONAL POR TEMPO DE SERVIÇO NA BASE DE MAIS 6% (SEIS POR CENTO) – TRIÊNIO – sobre a remuneração dos servidores abaixo relacionados, por terem cumprido mais de três anos de efetivo exercício de suas funções nesta Câmara Municipal, conforme estabelecem o art. 9º da Lei Municipal nº 1.257/2010 de 29/06/2010 e §3º do art. 55 da Lei Municipal nº 1.328/2011 de 29/07/2011:"</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Alterar o período de férias da servidora ARIANE STEICA RODRIGUES PERES, Procuradora Jurídica Legislativa_x000D_
+desta Casa de Leis, referente ao lapso remanescente do período aquisitivo de 10/12/2022 a 09/12/2023, originalmente fixado na Portaria nº 069/2025, de 11 de agosto de 2025, para serem usufruído de 24 de setembro de 2025 a 03 de outubro de 2025, passando a ser concedido no período de 03 a 12 de novembro de 2025."</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder 20 (vinte) dias de gozo de férias a servidora ROSELAINE BELUSSI, Contadora desta Casa Legislativa, no período de 01 a 20 de outubro de 20 25e 10 (dez) dias de abono pecuniário no período de 21 a 30 de outubro de 2025,_x000D_
+conforme estabelece o artigo 40 da Lei Municipal nº 1.328/2011 de 29/07/2011, referente período aquisitivo de 19/01/2024 a 18/01/2025."</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>"Art. 1º. Conceder 14 ( quatorze ) dias de gozo de férias ao servidor MARCOS KENNEDY RIBEIRO CARRIJO OLEGÁRIO,_x000D_
+Técnico de Informática desta Casa de Leis, referente ao lapso remanescente atinente ao período aquisitivo de 10/12/2022 a 09/12/2023, a ser fruído de 06 a 19 de novembro de 2025."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5189,51 +5284,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F933"/>
+  <dimension ref="A1:F948"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -23860,50 +23955,350 @@
       <c r="E932" t="s">
         <v>10</v>
       </c>
       <c r="F932" t="s">
         <v>1606</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" t="s">
         <v>1607</v>
       </c>
       <c r="B933" t="s">
         <v>1489</v>
       </c>
       <c r="C933" t="s">
         <v>172</v>
       </c>
       <c r="D933" t="s">
         <v>9</v>
       </c>
       <c r="E933" t="s">
         <v>10</v>
       </c>
       <c r="F933" t="s">
         <v>1608</v>
+      </c>
+    </row>
+    <row r="934" spans="1:6">
+      <c r="A934" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C934" t="s">
+        <v>178</v>
+      </c>
+      <c r="D934" t="s">
+        <v>9</v>
+      </c>
+      <c r="E934" t="s">
+        <v>10</v>
+      </c>
+      <c r="F934" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="935" spans="1:6">
+      <c r="A935" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B935" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C935" t="s">
+        <v>181</v>
+      </c>
+      <c r="D935" t="s">
+        <v>9</v>
+      </c>
+      <c r="E935" t="s">
+        <v>10</v>
+      </c>
+      <c r="F935" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="936" spans="1:6">
+      <c r="A936" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B936" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C936" t="s">
+        <v>183</v>
+      </c>
+      <c r="D936" t="s">
+        <v>9</v>
+      </c>
+      <c r="E936" t="s">
+        <v>10</v>
+      </c>
+      <c r="F936" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="937" spans="1:6">
+      <c r="A937" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B937" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C937" t="s">
+        <v>185</v>
+      </c>
+      <c r="D937" t="s">
+        <v>9</v>
+      </c>
+      <c r="E937" t="s">
+        <v>10</v>
+      </c>
+      <c r="F937" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="938" spans="1:6">
+      <c r="A938" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C938" t="s">
+        <v>187</v>
+      </c>
+      <c r="D938" t="s">
+        <v>9</v>
+      </c>
+      <c r="E938" t="s">
+        <v>10</v>
+      </c>
+      <c r="F938" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="939" spans="1:6">
+      <c r="A939" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C939" t="s">
+        <v>189</v>
+      </c>
+      <c r="D939" t="s">
+        <v>9</v>
+      </c>
+      <c r="E939" t="s">
+        <v>10</v>
+      </c>
+      <c r="F939" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="940" spans="1:6">
+      <c r="A940" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B940" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C940" t="s">
+        <v>192</v>
+      </c>
+      <c r="D940" t="s">
+        <v>9</v>
+      </c>
+      <c r="E940" t="s">
+        <v>10</v>
+      </c>
+      <c r="F940" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="941" spans="1:6">
+      <c r="A941" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C941" t="s">
+        <v>195</v>
+      </c>
+      <c r="D941" t="s">
+        <v>9</v>
+      </c>
+      <c r="E941" t="s">
+        <v>10</v>
+      </c>
+      <c r="F941" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="942" spans="1:6">
+      <c r="A942" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B942" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C942" t="s">
+        <v>198</v>
+      </c>
+      <c r="D942" t="s">
+        <v>9</v>
+      </c>
+      <c r="E942" t="s">
+        <v>10</v>
+      </c>
+      <c r="F942" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="943" spans="1:6">
+      <c r="A943" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B943" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C943" t="s">
+        <v>201</v>
+      </c>
+      <c r="D943" t="s">
+        <v>9</v>
+      </c>
+      <c r="E943" t="s">
+        <v>10</v>
+      </c>
+      <c r="F943" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="944" spans="1:6">
+      <c r="A944" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C944" t="s">
+        <v>204</v>
+      </c>
+      <c r="D944" t="s">
+        <v>9</v>
+      </c>
+      <c r="E944" t="s">
+        <v>10</v>
+      </c>
+      <c r="F944" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="945" spans="1:6">
+      <c r="A945" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B945" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C945" t="s">
+        <v>207</v>
+      </c>
+      <c r="D945" t="s">
+        <v>9</v>
+      </c>
+      <c r="E945" t="s">
+        <v>10</v>
+      </c>
+      <c r="F945" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="946" spans="1:6">
+      <c r="A946" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B946" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C946" t="s">
+        <v>210</v>
+      </c>
+      <c r="D946" t="s">
+        <v>9</v>
+      </c>
+      <c r="E946" t="s">
+        <v>10</v>
+      </c>
+      <c r="F946" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="947" spans="1:6">
+      <c r="A947" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C947" t="s">
+        <v>213</v>
+      </c>
+      <c r="D947" t="s">
+        <v>9</v>
+      </c>
+      <c r="E947" t="s">
+        <v>10</v>
+      </c>
+      <c r="F947" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="948" spans="1:6">
+      <c r="A948" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C948" t="s">
+        <v>216</v>
+      </c>
+      <c r="D948" t="s">
+        <v>9</v>
+      </c>
+      <c r="E948" t="s">
+        <v>10</v>
+      </c>
+      <c r="F948" t="s">
+        <v>1637</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>