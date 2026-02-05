--- v1 (2025-12-09)
+++ v2 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5688" uniqueCount="1638">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5730" uniqueCount="1652">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
@@ -4856,50 +4856,56 @@
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>Art. 1º. APROVAR, no âmbito da Câmara Municipal de Comodoro/MT, Instrução Normativa SFI - n.º 002/2025, datada de 06/05/2025.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Art. 1º. DESIGNAR a servidora GEISIANE RODRIGUES DEIFELD, Assessora Parlamentar, para assumir cumulativamente com a função que já desempenha, a atuação como Fiscal da Ata de Registro de Preços n.º 01/2025, firmada no âmbito da Câmara Municipal de Comodoro.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>Art. 1º. APROVAR, no âmbito da Câmara Municipal de Comodoro/MT, instrução normativa SFI - n.º 002/2025, datada de 09/05/2025.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>Designa encarregado para atuar como canal de comunicação no âmbito do Poder Legislativo de Comodoro, nos termos da Lei Federal nº 13.709, de 14 de agosto de 2018.</t>
   </si>
   <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o horário de funcionamento e atendimento ao público na Câmara Municipal de Comodoro - MT no período do recesso parlamentar, e dá outras providências."</t>
+  </si>
+  <si>
     <t>1259</t>
   </si>
   <si>
     <t>"Art. 1º. Conceder FÉRIAS ao servidor FABIANO FELIPE DA COSTA, lotado no cargo de Agente Legislativo de Transporte Cat. “AC” desta Casa Legislativa."</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>"Art. 1º. Exonerar GEISIANE RODRIGUES DEIFELD, do cargo comissionado de Assessor Parlamentar desta Câmara Municipal de Vereadores, mediante pedido, a partir de 01/07/2025."</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>"Art. 1º. DESIGNAR a servidora comissionada TAINARA OLIVEIRA RONCATTO RONSONI, Assessora Parlamentar, para assumir cumulativamente com a função que já desempenha, o controle de liquidação de empenhos e ordens de pagamento do Setor Contábil, bem como a função de Fiscal de Contrato, a partir desta data."</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>"Art. 1º DESIGNAR a servidora TAINARA OLIVEIRA RONCATTO RONSONI, Assessora Parlamentar, para assumir cumulativamente com a função que já desempenha, a atuação como Fiscal da Ata de Registro de Preços nº 01/2025, firmada no âmbito da Câmara Municipal de Comodoro."</t>
   </si>
   <si>
     <t>1263</t>
@@ -4949,50 +4955,91 @@
     <t>1270</t>
   </si>
   <si>
     <t>"Art. 1º. Conceder ADICIONAL POR TEMPO DE SERVIÇO NA BASE DE MAIS 6% (SEIS POR CENTO) – TRIÊNIO – sobre a remuneração dos servidores abaixo relacionados, por terem cumprido mais de três anos de efetivo exercício de suas funções nesta Câmara Municipal, conforme estabelecem o art. 9º da Lei Municipal nº 1.257/2010 de 29/06/2010 e §3º do art. 55 da Lei Municipal nº 1.328/2011 de 29/07/2011:"</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>"Art. 1º. Alterar o período de férias da servidora ARIANE STEICA RODRIGUES PERES, Procuradora Jurídica Legislativa_x000D_
 desta Casa de Leis, referente ao lapso remanescente do período aquisitivo de 10/12/2022 a 09/12/2023, originalmente fixado na Portaria nº 069/2025, de 11 de agosto de 2025, para serem usufruído de 24 de setembro de 2025 a 03 de outubro de 2025, passando a ser concedido no período de 03 a 12 de novembro de 2025."</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>"Art. 1º. Conceder 20 (vinte) dias de gozo de férias a servidora ROSELAINE BELUSSI, Contadora desta Casa Legislativa, no período de 01 a 20 de outubro de 20 25e 10 (dez) dias de abono pecuniário no período de 21 a 30 de outubro de 2025,_x000D_
 conforme estabelece o artigo 40 da Lei Municipal nº 1.328/2011 de 29/07/2011, referente período aquisitivo de 19/01/2024 a 18/01/2025."</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>"Art. 1º. Conceder 14 ( quatorze ) dias de gozo de férias ao servidor MARCOS KENNEDY RIBEIRO CARRIJO OLEGÁRIO,_x000D_
 Técnico de Informática desta Casa de Leis, referente ao lapso remanescente atinente ao período aquisitivo de 10/12/2022 a 09/12/2023, a ser fruído de 06 a 19 de novembro de 2025."</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>"Art. 1°. Conceder 10 (dez) dias de gozo de férias à servidora ALINE QUEIROZ DOS SANTOS RIOS, Controladora Interna_x000D_
+desta Casa de Leis, referente ao lapso remanescente atinente ao período aquisitivo de fevereiro/2023 a fevereiro/2025, a ser fruído de 29 de outubro a 07 de novembro de 2025."</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>"Art. 1° Determinar ponto facultativo nas atividades da Câmara Municipal de Comodoro nos dias 27 e 28 de outubro de 2025."</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>"Art. 1°. Alterar o período de férias da servidora ARIANE STEICA RODRIGUES PERES, Procuradora Jurídica Legislativa desta Casa de Leis, referente ao lapso remanescente do período aquisitivo de 10/12/2022 a 09/12/2023, anteriormente fixado pela Portaria n° 074/2025, para ser usufruído no período de 10 a 19 de novembro de 2025."</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>"Art. 1°. Conceder 30 (trinta) dias de férias à servidora Rosa Adriana Dourado Freitas, servidora efetiva desta Casa de Leis, lotada no cargo de Agente Legislativo de Serviços Auxiliares, referente ao período aquisitivo de 04/01/2024 a 03/01/2025, a serem usufruídas de 1º a 30 de dezembro de 2025."</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>Art. 1°. DESIGNAR os servidores efetivos cedidos pela Prefeitura Municipal, abaixo identificados, para acompanhar a_x000D_
+EXECUÇÃO DA OBRA CIVIL DE REFORMA E AMPLIAÇÃO DO PODER LEGISLATIVO DE COMODORO/MT, objeto do Contrato de Execução nº 010/2025, datado de 29/09/2025, referente ao Processo Licitatório n° 009/2025, Concorrência n° 001/2025, celebrado entre a Câmara Municipal de Comodoro e a empresa MEXUM ENGENHARIA CONSTRUÇÕES LTDA, sem ônus para esta Municipalidade:_x000D_
+Fiscal de Obra: ASTOLFO CAETANO PELETT, RNP 140.518.963-0;_x000D_
+Fiscal de Contrato: LUIZ WAGNER FREITAS DE ARRUDA JUNIOR,_x000D_
+RNP 121.286.156-6.</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>"Art. 1°. DESIGNAR a servidora Aline Andrade Soares, Assessora Parlamentar desta Casa Legislativa, para exercer, cumulativamente com as atribuições de seu cargo, a função de Almoxarife e Controle de Frotas, durante as ausências eventuais da servidora responsável pelo setor."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5284,51 +5331,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F948"/>
+  <dimension ref="A1:F955"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -23965,340 +24012,480 @@
       </c>
       <c r="B933" t="s">
         <v>1489</v>
       </c>
       <c r="C933" t="s">
         <v>172</v>
       </c>
       <c r="D933" t="s">
         <v>9</v>
       </c>
       <c r="E933" t="s">
         <v>10</v>
       </c>
       <c r="F933" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" t="s">
         <v>1609</v>
       </c>
       <c r="B934" t="s">
         <v>1489</v>
       </c>
       <c r="C934" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D934" t="s">
         <v>9</v>
       </c>
       <c r="E934" t="s">
         <v>10</v>
       </c>
       <c r="F934" t="s">
         <v>1610</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" t="s">
         <v>1611</v>
       </c>
       <c r="B935" t="s">
         <v>1489</v>
       </c>
       <c r="C935" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D935" t="s">
         <v>9</v>
       </c>
       <c r="E935" t="s">
         <v>10</v>
       </c>
       <c r="F935" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" t="s">
         <v>1613</v>
       </c>
       <c r="B936" t="s">
         <v>1489</v>
       </c>
       <c r="C936" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D936" t="s">
         <v>9</v>
       </c>
       <c r="E936" t="s">
         <v>10</v>
       </c>
       <c r="F936" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" t="s">
         <v>1615</v>
       </c>
       <c r="B937" t="s">
         <v>1489</v>
       </c>
       <c r="C937" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D937" t="s">
         <v>9</v>
       </c>
       <c r="E937" t="s">
         <v>10</v>
       </c>
       <c r="F937" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" t="s">
         <v>1617</v>
       </c>
       <c r="B938" t="s">
         <v>1489</v>
       </c>
       <c r="C938" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D938" t="s">
         <v>9</v>
       </c>
       <c r="E938" t="s">
         <v>10</v>
       </c>
       <c r="F938" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" t="s">
         <v>1619</v>
       </c>
       <c r="B939" t="s">
         <v>1489</v>
       </c>
       <c r="C939" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D939" t="s">
         <v>9</v>
       </c>
       <c r="E939" t="s">
         <v>10</v>
       </c>
       <c r="F939" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" t="s">
         <v>1621</v>
       </c>
       <c r="B940" t="s">
         <v>1489</v>
       </c>
       <c r="C940" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D940" t="s">
         <v>9</v>
       </c>
       <c r="E940" t="s">
         <v>10</v>
       </c>
       <c r="F940" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" t="s">
         <v>1623</v>
       </c>
       <c r="B941" t="s">
         <v>1489</v>
       </c>
       <c r="C941" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D941" t="s">
         <v>9</v>
       </c>
       <c r="E941" t="s">
         <v>10</v>
       </c>
       <c r="F941" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" t="s">
         <v>1625</v>
       </c>
       <c r="B942" t="s">
         <v>1489</v>
       </c>
       <c r="C942" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D942" t="s">
         <v>9</v>
       </c>
       <c r="E942" t="s">
         <v>10</v>
       </c>
       <c r="F942" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" t="s">
         <v>1627</v>
       </c>
       <c r="B943" t="s">
         <v>1489</v>
       </c>
       <c r="C943" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D943" t="s">
         <v>9</v>
       </c>
       <c r="E943" t="s">
         <v>10</v>
       </c>
       <c r="F943" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B944" t="s">
         <v>1489</v>
       </c>
       <c r="C944" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D944" t="s">
         <v>9</v>
       </c>
       <c r="E944" t="s">
         <v>10</v>
       </c>
       <c r="F944" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" t="s">
         <v>1630</v>
       </c>
       <c r="B945" t="s">
         <v>1489</v>
       </c>
       <c r="C945" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D945" t="s">
         <v>9</v>
       </c>
       <c r="E945" t="s">
         <v>10</v>
       </c>
       <c r="F945" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" t="s">
         <v>1632</v>
       </c>
       <c r="B946" t="s">
         <v>1489</v>
       </c>
       <c r="C946" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D946" t="s">
         <v>9</v>
       </c>
       <c r="E946" t="s">
         <v>10</v>
       </c>
       <c r="F946" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" t="s">
         <v>1634</v>
       </c>
       <c r="B947" t="s">
         <v>1489</v>
       </c>
       <c r="C947" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D947" t="s">
         <v>9</v>
       </c>
       <c r="E947" t="s">
         <v>10</v>
       </c>
       <c r="F947" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" t="s">
         <v>1636</v>
       </c>
       <c r="B948" t="s">
         <v>1489</v>
       </c>
       <c r="C948" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D948" t="s">
         <v>9</v>
       </c>
       <c r="E948" t="s">
         <v>10</v>
       </c>
       <c r="F948" t="s">
         <v>1637</v>
+      </c>
+    </row>
+    <row r="949" spans="1:6">
+      <c r="A949" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C949" t="s">
+        <v>216</v>
+      </c>
+      <c r="D949" t="s">
+        <v>9</v>
+      </c>
+      <c r="E949" t="s">
+        <v>10</v>
+      </c>
+      <c r="F949" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="950" spans="1:6">
+      <c r="A950" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B950" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C950" t="s">
+        <v>219</v>
+      </c>
+      <c r="D950" t="s">
+        <v>9</v>
+      </c>
+      <c r="E950" t="s">
+        <v>10</v>
+      </c>
+      <c r="F950" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="951" spans="1:6">
+      <c r="A951" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B951" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C951" t="s">
+        <v>222</v>
+      </c>
+      <c r="D951" t="s">
+        <v>9</v>
+      </c>
+      <c r="E951" t="s">
+        <v>10</v>
+      </c>
+      <c r="F951" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="952" spans="1:6">
+      <c r="A952" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B952" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C952" t="s">
+        <v>224</v>
+      </c>
+      <c r="D952" t="s">
+        <v>9</v>
+      </c>
+      <c r="E952" t="s">
+        <v>10</v>
+      </c>
+      <c r="F952" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="953" spans="1:6">
+      <c r="A953" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B953" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C953" t="s">
+        <v>226</v>
+      </c>
+      <c r="D953" t="s">
+        <v>9</v>
+      </c>
+      <c r="E953" t="s">
+        <v>10</v>
+      </c>
+      <c r="F953" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="954" spans="1:6">
+      <c r="A954" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B954" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C954" t="s">
+        <v>229</v>
+      </c>
+      <c r="D954" t="s">
+        <v>9</v>
+      </c>
+      <c r="E954" t="s">
+        <v>10</v>
+      </c>
+      <c r="F954" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="955" spans="1:6">
+      <c r="A955" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B955" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C955" t="s">
+        <v>232</v>
+      </c>
+      <c r="D955" t="s">
+        <v>9</v>
+      </c>
+      <c r="E955" t="s">
+        <v>10</v>
+      </c>
+      <c r="F955" t="s">
+        <v>1651</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>